--- v0 (2025-10-07)
+++ v1 (2026-03-07)
@@ -1,115 +1,199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29205"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\TRANSPARENCIA\LAI_SEGRASE\CONTABILIDADE\Despesas\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Portal-Transparencia-IOSE\CONTABIL\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9130E672-B51D-41AF-8052-E213450D75C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35EBA1F8-1D9F-4BD2-B29B-704F7AC1B316}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" firstSheet="4" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="01.2025" sheetId="1" r:id="rId1"/>
     <sheet name="02.2025" sheetId="2" r:id="rId2"/>
     <sheet name="03.2025" sheetId="3" r:id="rId3"/>
     <sheet name="04.2025" sheetId="4" r:id="rId4"/>
     <sheet name="05.2025" sheetId="5" r:id="rId5"/>
     <sheet name="06.2025" sheetId="6" r:id="rId6"/>
     <sheet name="07.2025" sheetId="7" r:id="rId7"/>
+    <sheet name="08.2025" sheetId="8" r:id="rId8"/>
+    <sheet name="09.2025" sheetId="9" r:id="rId9"/>
+    <sheet name="10.2025" sheetId="10" r:id="rId10"/>
+    <sheet name="11.2025" sheetId="11" r:id="rId11"/>
+    <sheet name="12.2025" sheetId="12" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'01.2025'!$D$1:$I$63</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'02.2025'!$D$1:$J$117</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'03.2025'!$D$1:$I$120</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3">'04.2025'!$B$1:$I$83</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4">'05.2025'!$B$1:$I$62</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'06.2025'!$D$1:$I$86</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'07.2025'!$D$1:$I$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'08.2025'!$D$1:$I$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'09.2025'!$D$1:$I$142</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'10.2025'!$D$1:$I$137</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'11.2025'!$D$1:$I$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">'12.2025'!$D$1:$I$125</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I62" i="7" l="1"/>
+  <c r="I100" i="12" l="1"/>
+  <c r="I53" i="11"/>
+  <c r="I72" i="10"/>
+  <c r="I67" i="9" l="1"/>
+  <c r="I65" i="8" l="1"/>
+  <c r="I64" i="8"/>
+  <c r="I63" i="8"/>
+  <c r="I62" i="8"/>
+  <c r="I61" i="8"/>
+  <c r="I60" i="8"/>
+  <c r="I59" i="8"/>
+  <c r="I58" i="8"/>
+  <c r="I57" i="8"/>
+  <c r="I56" i="8"/>
+  <c r="I55" i="8"/>
+  <c r="I54" i="8"/>
+  <c r="I53" i="8"/>
+  <c r="I52" i="8"/>
+  <c r="I51" i="8"/>
+  <c r="I50" i="8"/>
+  <c r="I49" i="8"/>
+  <c r="I48" i="8"/>
+  <c r="I47" i="8"/>
+  <c r="I46" i="8"/>
+  <c r="I45" i="8"/>
+  <c r="I44" i="8"/>
+  <c r="I43" i="8"/>
+  <c r="I42" i="8"/>
+  <c r="I41" i="8"/>
+  <c r="I40" i="8"/>
+  <c r="I39" i="8"/>
+  <c r="I38" i="8"/>
+  <c r="I37" i="8"/>
+  <c r="I36" i="8"/>
+  <c r="I35" i="8"/>
+  <c r="I34" i="8"/>
+  <c r="I33" i="8"/>
+  <c r="I32" i="8"/>
+  <c r="I31" i="8"/>
+  <c r="I30" i="8"/>
+  <c r="I29" i="8"/>
+  <c r="I28" i="8"/>
+  <c r="I27" i="8"/>
+  <c r="I26" i="8"/>
+  <c r="I25" i="8"/>
+  <c r="I24" i="8"/>
+  <c r="I23" i="8"/>
+  <c r="I22" i="8"/>
+  <c r="I21" i="8"/>
+  <c r="I20" i="8"/>
+  <c r="I19" i="8"/>
+  <c r="I18" i="8"/>
+  <c r="I17" i="8"/>
+  <c r="I16" i="8"/>
+  <c r="I15" i="8"/>
+  <c r="I14" i="8"/>
+  <c r="I13" i="8"/>
+  <c r="I12" i="8"/>
+  <c r="I11" i="8"/>
+  <c r="I10" i="8"/>
+  <c r="I9" i="8"/>
+  <c r="I8" i="8"/>
+  <c r="I7" i="8"/>
+  <c r="I6" i="8"/>
+  <c r="I5" i="8"/>
+  <c r="I4" i="8"/>
+  <c r="I3" i="8"/>
+  <c r="I2" i="8"/>
+  <c r="I66" i="8" l="1"/>
+  <c r="I62" i="7"/>
   <c r="I61" i="6" l="1"/>
   <c r="I62" i="5" l="1"/>
   <c r="I83" i="4"/>
   <c r="I73" i="3" l="1"/>
   <c r="J70" i="2" l="1"/>
   <c r="I64" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2688" uniqueCount="407">
   <si>
     <t>DATA DE EMISSÃO</t>
   </si>
   <si>
     <t>NOTA FISCAL</t>
   </si>
   <si>
     <t>FORNECEDOR</t>
   </si>
   <si>
     <t>CNPJ OU CPF</t>
   </si>
   <si>
     <t xml:space="preserve">VALOR </t>
   </si>
   <si>
     <t>DATA DE VENCIMENTO</t>
   </si>
   <si>
     <t>DATA DE PAGAMENTO</t>
   </si>
   <si>
     <t>VALOR PAGO</t>
   </si>
   <si>
@@ -965,62 +1049,383 @@
     <t>5458</t>
   </si>
   <si>
     <t>0020</t>
   </si>
   <si>
     <t>HENRIQUE PERO LOPES DE MENEZES LTDA</t>
   </si>
   <si>
     <t>27.516.471/0001-03</t>
   </si>
   <si>
     <t>0125</t>
   </si>
   <si>
     <t>P A TORRES DISTRIBUIDORA</t>
   </si>
   <si>
     <t>54.790.726/0001-02</t>
   </si>
   <si>
     <t>0027</t>
   </si>
   <si>
     <t>007.XXX.XXX-84</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>JORNAL DO DIA EMPRESA JORNALISTICA E EDITORA LTDA</t>
+  </si>
+  <si>
+    <t>5556</t>
+  </si>
+  <si>
+    <t>9859</t>
+  </si>
+  <si>
+    <t>SERGIPE JUSTICA ESTADUAL DE SEGUNDA INSTANCIA</t>
+  </si>
+  <si>
+    <t>13.166.970/0001-03</t>
+  </si>
+  <si>
+    <t>0094</t>
+  </si>
+  <si>
+    <t>59.039.975 MACKSUEL FILIPE DOS SANTOS</t>
+  </si>
+  <si>
+    <t>59.039.975/0001-76</t>
+  </si>
+  <si>
+    <t>0060</t>
+  </si>
+  <si>
+    <t>4453</t>
+  </si>
+  <si>
+    <t>02.558.157/0001-62</t>
+  </si>
+  <si>
+    <t>49.981.425 JOSUE CRUZ DE AZEVEDO</t>
+  </si>
+  <si>
+    <t>49.981.425/0001-18</t>
+  </si>
+  <si>
+    <t>0598</t>
+  </si>
+  <si>
+    <t>ROSA ELZE GAS LTDA</t>
+  </si>
+  <si>
+    <t>52.451.178/0001-52</t>
+  </si>
+  <si>
+    <t>0193</t>
+  </si>
+  <si>
+    <t>RIO BRANCO COMERCIO E INDUSTRIA DE PAPEIS LTDA</t>
+  </si>
+  <si>
+    <t>50.596.790/0001-98</t>
+  </si>
+  <si>
+    <t>0077</t>
+  </si>
+  <si>
+    <t>5531</t>
+  </si>
+  <si>
+    <t>7644</t>
+  </si>
+  <si>
+    <t>55.004.856 MARIA MONIGLEI BATISTA DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>55.004.856/0001-27</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>0167</t>
+  </si>
+  <si>
+    <t>0989</t>
+  </si>
+  <si>
+    <t>0037</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>EMPRESA GRAFICA JORNAL DA CIDADE LTDA</t>
+  </si>
+  <si>
+    <t>13.046.107/0001-12</t>
+  </si>
+  <si>
+    <t>0028</t>
+  </si>
+  <si>
+    <t>6578</t>
+  </si>
+  <si>
+    <t>1728</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>5609</t>
+  </si>
+  <si>
+    <t>0066</t>
+  </si>
+  <si>
+    <t>4697/4688</t>
+  </si>
+  <si>
+    <t>4542</t>
+  </si>
+  <si>
+    <t>0569</t>
+  </si>
+  <si>
+    <t>0213</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>GILSON SANTOS SOUZA JUNIOR</t>
+  </si>
+  <si>
+    <t>0010</t>
+  </si>
+  <si>
+    <t>ALEXSANDRO NASCIMENTO LIMA</t>
+  </si>
+  <si>
+    <t>14.990.280/0001-37</t>
+  </si>
+  <si>
+    <t>002623092</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>9963</t>
+  </si>
+  <si>
+    <t>116.759.505-04</t>
+  </si>
+  <si>
+    <t>0074</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>5686</t>
+  </si>
+  <si>
+    <t>0040</t>
+  </si>
+  <si>
+    <t>0029</t>
+  </si>
+  <si>
+    <t>0030</t>
+  </si>
+  <si>
+    <t>0502</t>
+  </si>
+  <si>
+    <t>6712</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>0607</t>
+  </si>
+  <si>
+    <t>INNOVE EMPREENDIMENTOS LTDA</t>
+  </si>
+  <si>
+    <t>27.067.989/0001-07</t>
+  </si>
+  <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>5034</t>
+  </si>
+  <si>
+    <t>0187</t>
+  </si>
+  <si>
+    <t>30/102025</t>
+  </si>
+  <si>
+    <t>8836</t>
+  </si>
+  <si>
+    <t>4472</t>
+  </si>
+  <si>
+    <t>0237</t>
+  </si>
+  <si>
+    <t>8878</t>
+  </si>
+  <si>
+    <t>4473</t>
+  </si>
+  <si>
+    <t>0832</t>
+  </si>
+  <si>
+    <t>GRAFICA EDITORA J ANDRADE LTDA</t>
+  </si>
+  <si>
+    <t>13.007.646/0001-42</t>
+  </si>
+  <si>
+    <t>2025-002.724.749</t>
+  </si>
+  <si>
+    <t>5409</t>
+  </si>
+  <si>
+    <t>0011</t>
+  </si>
+  <si>
+    <t>50.596.790/0015-93</t>
+  </si>
+  <si>
+    <t>JOSE AMERICO OLIVEIRA SANTOS</t>
+  </si>
+  <si>
+    <t>171.234.025-53</t>
+  </si>
+  <si>
+    <t>0577</t>
+  </si>
+  <si>
+    <t>0082</t>
+  </si>
+  <si>
+    <t>4058</t>
+  </si>
+  <si>
+    <t>NOVA DISTRIBUIDORA LTDA</t>
+  </si>
+  <si>
+    <t>39.575.051/0001-87</t>
+  </si>
+  <si>
+    <t>RODRIGO CARVALHO DOS SANTOS</t>
+  </si>
+  <si>
+    <t>0260</t>
+  </si>
+  <si>
+    <t>AZOUGUE TECNOLOGIA DA INFORMACAO LTDA</t>
+  </si>
+  <si>
+    <t>40.122.355/0001-78</t>
+  </si>
+  <si>
+    <t>6864</t>
+  </si>
+  <si>
+    <t>A E SERVICOS MEDICOS LTDA</t>
+  </si>
+  <si>
+    <t>43.017.222/0001-20</t>
+  </si>
+  <si>
+    <t>0141</t>
+  </si>
+  <si>
+    <t>3651</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>ECOSERVICE MANUTENCAO INDUSTRIAL LTDA</t>
+  </si>
+  <si>
+    <t>04.610.121/0001-06</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>164/39/500/678/880/100</t>
+  </si>
+  <si>
+    <t>RBM DISTRIBUIDORA LTDA</t>
+  </si>
+  <si>
+    <t>53.328.235/0001-73</t>
+  </si>
+  <si>
+    <t>63.077.045 LUIS EDUARDO NASCIMENTO ALCANTES</t>
+  </si>
+  <si>
+    <t>63.077.045/0001-84</t>
+  </si>
+  <si>
+    <t>051.XXX.XXX-47</t>
+  </si>
+  <si>
+    <t>031.XXX.XXX-50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="8" formatCode="&quot;R$&quot;\ #,##0.00;[Red]\-&quot;R$&quot;\ #,##0.00"/>
     <numFmt numFmtId="44" formatCode="_-&quot;R$&quot;\ * #,##0.00_-;\-&quot;R$&quot;\ * #,##0.00_-;_-&quot;R$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="11">
+  <fonts count="16">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1050,78 +1455,112 @@
       <sz val="11"/>
       <color rgb="FF111111"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF111111"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -1152,57 +1591,94 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1330,71 +1806,141 @@
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="4" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="0" borderId="2" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="4" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="13" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="14" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="14" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Moeda" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1618,72 +2164,92 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I96"/>
   <sheetViews>
     <sheetView topLeftCell="A43" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:I64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" customWidth="1"/>
     <col min="3" max="3" width="69.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="22" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" style="23" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="26" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.28515625" customWidth="1"/>
     <col min="8" max="8" width="13.85546875" customWidth="1"/>
     <col min="9" max="9" width="19.28515625" style="26" bestFit="1" customWidth="1"/>
   </cols>
@@ -3514,50 +4080,7821 @@
       <c r="A91" s="30"/>
     </row>
     <row r="92" spans="1:1">
       <c r="A92" s="30"/>
     </row>
     <row r="93" spans="1:1">
       <c r="A93" s="30"/>
     </row>
     <row r="94" spans="1:1">
       <c r="A94" s="30"/>
     </row>
     <row r="95" spans="1:1">
       <c r="A95" s="30"/>
     </row>
     <row r="96" spans="1:1">
       <c r="A96" s="30"/>
     </row>
   </sheetData>
   <autoFilter ref="D1:I63" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D2:O40">
       <sortCondition ref="H1:H40"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="74" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{930539F8-4643-499D-8772-71BD714F3C2A}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J160"/>
+  <sheetViews>
+    <sheetView topLeftCell="A54" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection sqref="A1:I72"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" customWidth="1"/>
+    <col min="3" max="3" width="94.5703125" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
+    <col min="5" max="5" width="22" style="23" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="56" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" customWidth="1"/>
+    <col min="9" max="9" width="16.5703125" style="56" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="63" customFormat="1" ht="25.5">
+      <c r="A1" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="70" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="14" customFormat="1">
+      <c r="A2" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D2" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F2" s="65">
+        <v>-750.6</v>
+      </c>
+      <c r="G2" s="7">
+        <v>45931</v>
+      </c>
+      <c r="H2" s="7">
+        <v>45931</v>
+      </c>
+      <c r="I2" s="65">
+        <v>-750.6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" s="14" customFormat="1">
+      <c r="A3" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" s="9"/>
+      <c r="C3" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G3" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H3" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I3" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="14" customFormat="1">
+      <c r="A4" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" s="9"/>
+      <c r="C4" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="65">
+        <v>-89.42</v>
+      </c>
+      <c r="G4" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H4" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I4" s="65">
+        <v>-89.42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="14" customFormat="1">
+      <c r="A5" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" s="9"/>
+      <c r="C5" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="65">
+        <v>-230</v>
+      </c>
+      <c r="G5" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H5" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I5" s="65">
+        <v>-230</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="14" customFormat="1">
+      <c r="A6" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>333</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D6" s="7">
+        <v>45923</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="F6" s="65">
+        <v>-6900</v>
+      </c>
+      <c r="G6" s="7">
+        <v>45932</v>
+      </c>
+      <c r="H6" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I6" s="65">
+        <v>-6900</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="14" customFormat="1">
+      <c r="A7" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="9"/>
+      <c r="C7" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D7" s="7">
+        <v>45910</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="F7" s="65">
+        <v>-20.059999999999999</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H7" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I7" s="65">
+        <v>-20.059999999999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="14" customFormat="1">
+      <c r="A8" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="9"/>
+      <c r="C8" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D8" s="7">
+        <v>45932</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="65">
+        <v>-100</v>
+      </c>
+      <c r="G8" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H8" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I8" s="65">
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="14" customFormat="1">
+      <c r="A9" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>334</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D9" s="7">
+        <v>45908</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="F9" s="65">
+        <v>-996.66</v>
+      </c>
+      <c r="G9" s="7">
+        <v>45934</v>
+      </c>
+      <c r="H9" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I9" s="65">
+        <v>-996.66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="14" customFormat="1">
+      <c r="A10" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>335</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="D10" s="7">
+        <v>45912</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="F10" s="65">
+        <v>-150</v>
+      </c>
+      <c r="G10" s="7">
+        <v>45931</v>
+      </c>
+      <c r="H10" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I10" s="65">
+        <v>-150</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="14" customFormat="1">
+      <c r="A11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="G11" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H11" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I11" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="14" customFormat="1">
+      <c r="A12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="9"/>
+      <c r="C12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="7">
+        <v>45932</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="65">
+        <v>-397.03</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H12" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I12" s="71">
+        <v>-397.03</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="14" customFormat="1">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>336</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D13" s="7">
+        <v>45908</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" s="65">
+        <v>-524.08000000000004</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45931</v>
+      </c>
+      <c r="H13" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I13" s="71">
+        <v>-524.08000000000004</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="14" customFormat="1">
+      <c r="A14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>337</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" s="7">
+        <v>45905</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" s="65">
+        <v>-1701.36</v>
+      </c>
+      <c r="G14" s="7">
+        <v>45931</v>
+      </c>
+      <c r="H14" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I14" s="65">
+        <v>-1701.36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="14" customFormat="1">
+      <c r="A15" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D15" s="7">
+        <v>45931</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" s="65">
+        <v>-880</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H15" s="7">
+        <v>45933</v>
+      </c>
+      <c r="I15" s="65">
+        <v>-880</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="14" customFormat="1">
+      <c r="A16" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D16" s="7">
+        <v>45936</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="F16" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G16" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H16" s="7">
+        <v>45936</v>
+      </c>
+      <c r="I16" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="9"/>
+      <c r="C17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="7">
+        <v>45932</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="65">
+        <v>-6088.43</v>
+      </c>
+      <c r="G17" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H17" s="7">
+        <v>45936</v>
+      </c>
+      <c r="I17" s="71">
+        <v>-6088.43</v>
+      </c>
+      <c r="J17" s="14"/>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D18" s="7">
+        <v>45932</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" s="65">
+        <v>-21124.67</v>
+      </c>
+      <c r="G18" s="7">
+        <v>45936</v>
+      </c>
+      <c r="H18" s="7">
+        <v>45936</v>
+      </c>
+      <c r="I18" s="65">
+        <v>-21124.67</v>
+      </c>
+      <c r="J18" s="14"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="D19" s="7">
+        <v>45939</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="F19" s="65">
+        <v>-9318.3799999999992</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45938</v>
+      </c>
+      <c r="H19" s="7">
+        <v>45938</v>
+      </c>
+      <c r="I19" s="65">
+        <v>-9318.3799999999992</v>
+      </c>
+      <c r="J19" s="14"/>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="9"/>
+      <c r="C20" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="7">
+        <v>45923</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" s="65">
+        <v>-725.18</v>
+      </c>
+      <c r="G20" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H20" s="7">
+        <v>45939</v>
+      </c>
+      <c r="I20" s="65">
+        <v>-725.18</v>
+      </c>
+      <c r="J20" s="14"/>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>339</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="7">
+        <v>45936</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" s="65">
+        <v>-122</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H21" s="7">
+        <v>45939</v>
+      </c>
+      <c r="I21" s="65">
+        <v>-122</v>
+      </c>
+      <c r="J21" s="14"/>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>340</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D22" s="7">
+        <v>45933</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F22" s="65">
+        <v>-2645.27</v>
+      </c>
+      <c r="G22" s="7">
+        <v>45939</v>
+      </c>
+      <c r="H22" s="7">
+        <v>45939</v>
+      </c>
+      <c r="I22" s="65">
+        <v>-2645.27</v>
+      </c>
+      <c r="J22" s="14"/>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="9">
+        <v>999</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D23" s="7">
+        <v>45940</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="G23" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H23" s="7">
+        <v>45940</v>
+      </c>
+      <c r="I23" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="J23" s="14"/>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="9"/>
+      <c r="C24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="7">
+        <v>45940</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="65">
+        <v>-31503.26</v>
+      </c>
+      <c r="G24" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H24" s="7">
+        <v>45940</v>
+      </c>
+      <c r="I24" s="65">
+        <v>-31503.26</v>
+      </c>
+      <c r="J24" s="14"/>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" s="9"/>
+      <c r="C25" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D25" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="65">
+        <v>-3164.51</v>
+      </c>
+      <c r="G25" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H25" s="7">
+        <v>45940</v>
+      </c>
+      <c r="I25" s="65">
+        <v>-3164.51</v>
+      </c>
+      <c r="J25" s="14"/>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="9"/>
+      <c r="C26" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D26" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" s="65">
+        <v>-129.75</v>
+      </c>
+      <c r="G26" s="7">
+        <v>45940</v>
+      </c>
+      <c r="H26" s="7">
+        <v>45940</v>
+      </c>
+      <c r="I26" s="65">
+        <v>-129.75</v>
+      </c>
+      <c r="J26" s="14"/>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>341</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="7">
+        <v>45916</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" s="65">
+        <v>-11097.36</v>
+      </c>
+      <c r="G27" s="7">
+        <v>45945</v>
+      </c>
+      <c r="H27" s="7">
+        <v>45945</v>
+      </c>
+      <c r="I27" s="65">
+        <v>-11097.36</v>
+      </c>
+      <c r="J27" s="14"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>342</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="7">
+        <v>45944</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="65">
+        <v>-100.45</v>
+      </c>
+      <c r="G28" s="7">
+        <v>45942</v>
+      </c>
+      <c r="H28" s="7">
+        <v>45945</v>
+      </c>
+      <c r="I28" s="65">
+        <v>-100.45</v>
+      </c>
+      <c r="J28" s="14"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="9"/>
+      <c r="C29" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="D29" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="F29" s="65">
+        <v>-3869.85</v>
+      </c>
+      <c r="G29" s="7">
+        <v>45947</v>
+      </c>
+      <c r="H29" s="7">
+        <v>45947</v>
+      </c>
+      <c r="I29" s="65">
+        <v>-3869.85</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="9"/>
+      <c r="C30" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="7">
+        <v>45946</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" s="65">
+        <v>-1623.74</v>
+      </c>
+      <c r="G30" s="7">
+        <v>45950</v>
+      </c>
+      <c r="H30" s="7">
+        <v>45947</v>
+      </c>
+      <c r="I30" s="65">
+        <v>-1623.74</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D31" s="7">
+        <v>45946</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="F31" s="65">
+        <v>-19661.919999999998</v>
+      </c>
+      <c r="G31" s="7">
+        <v>45950</v>
+      </c>
+      <c r="H31" s="7">
+        <v>45947</v>
+      </c>
+      <c r="I31" s="71">
+        <v>-19661.919999999998</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" s="7">
+        <v>45946</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" s="65">
+        <v>-162485.45000000001</v>
+      </c>
+      <c r="G32" s="7">
+        <v>45950</v>
+      </c>
+      <c r="H32" s="7">
+        <v>45950</v>
+      </c>
+      <c r="I32" s="65">
+        <v>-162485.45000000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>344</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="D33" s="7">
+        <v>45937</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="F33" s="65">
+        <v>-1633.16</v>
+      </c>
+      <c r="G33" s="7">
+        <v>45956</v>
+      </c>
+      <c r="H33" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I33" s="65">
+        <v>-1633.16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D34" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F34" s="65">
+        <v>-23.4</v>
+      </c>
+      <c r="G34" s="7">
+        <v>45960</v>
+      </c>
+      <c r="H34" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I34" s="65">
+        <v>-23.4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35" s="7">
+        <v>45905</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F35" s="65">
+        <v>-8464.98</v>
+      </c>
+      <c r="G35" s="7">
+        <v>45951</v>
+      </c>
+      <c r="H35" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I35" s="65">
+        <v>-8464.98</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D36" s="7">
+        <v>45946</v>
+      </c>
+      <c r="E36" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="F36" s="65">
+        <v>-478.24</v>
+      </c>
+      <c r="G36" s="7">
+        <v>45966</v>
+      </c>
+      <c r="H36" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I36" s="65">
+        <v>-478.24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>348</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="7">
+        <v>45940</v>
+      </c>
+      <c r="E37" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" s="65">
+        <v>-978.7</v>
+      </c>
+      <c r="G37" s="7">
+        <v>45952</v>
+      </c>
+      <c r="H37" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I37" s="65">
+        <v>-978.7</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>349</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D38" s="7">
+        <v>45944</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" s="65">
+        <v>-73.88</v>
+      </c>
+      <c r="G38" s="7">
+        <v>45955</v>
+      </c>
+      <c r="H38" s="7">
+        <v>45951</v>
+      </c>
+      <c r="I38" s="65">
+        <v>-73.88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D39" s="7">
+        <v>45954</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F39" s="65">
+        <v>-6809.53</v>
+      </c>
+      <c r="G39" s="7">
+        <v>45954</v>
+      </c>
+      <c r="H39" s="7">
+        <v>45954</v>
+      </c>
+      <c r="I39" s="65">
+        <v>-6809.53</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="9"/>
+      <c r="C40" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D40" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F40" s="65">
+        <v>-187365.59</v>
+      </c>
+      <c r="G40" s="7">
+        <v>45958</v>
+      </c>
+      <c r="H40" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I40" s="65">
+        <v>-187365.59</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="9">
+        <v>1015</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D41" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="G41" s="7">
+        <v>45958</v>
+      </c>
+      <c r="H41" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I41" s="65">
+        <v>-49755.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D42" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="F42" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="G42" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H42" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I42" s="65">
+        <v>-2052.46</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D43" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F43" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G43" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H43" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I43" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D44" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="F44" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G44" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H44" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I44" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D45" s="7">
+        <v>45953</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F45" s="65">
+        <v>-1197</v>
+      </c>
+      <c r="G45" s="7">
+        <v>45959</v>
+      </c>
+      <c r="H45" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I45" s="65">
+        <v>-1197</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D46" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="G46" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H46" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I46" s="65">
+        <v>-799.67</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>350</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="D47" s="7">
+        <v>45940</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="F47" s="65">
+        <v>-7665.9</v>
+      </c>
+      <c r="G47" s="7">
+        <v>45958</v>
+      </c>
+      <c r="H47" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I47" s="65">
+        <v>-7665.9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="9"/>
+      <c r="C48" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D48" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G48" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H48" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I48" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="9"/>
+      <c r="C49" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F49" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G49" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H49" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I49" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D50" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F50" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G50" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H50" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I50" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="9"/>
+      <c r="C51" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D51" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F51" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G51" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H51" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I51" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="9"/>
+      <c r="C52" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D52" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F52" s="65">
+        <v>-1540.46</v>
+      </c>
+      <c r="G52" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H52" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I52" s="65">
+        <v>-1540.46</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D53" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F53" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G53" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H53" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I53" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B54" s="9"/>
+      <c r="C54" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D54" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F54" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G54" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H54" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I54" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B55" s="9"/>
+      <c r="C55" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D55" s="7">
+        <v>45938</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F55" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G55" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H55" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I55" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D56" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F56" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G56" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H56" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I56" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B57" s="9"/>
+      <c r="C57" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D57" s="7">
+        <v>45958</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="F57" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G57" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H57" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I57" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" s="9"/>
+      <c r="C58" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D58" s="7">
+        <v>45953</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F58" s="65">
+        <v>-1114.51</v>
+      </c>
+      <c r="G58" s="7">
+        <v>45957</v>
+      </c>
+      <c r="H58" s="7">
+        <v>45958</v>
+      </c>
+      <c r="I58" s="65">
+        <v>-1114.51</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B59" s="9">
+        <v>85</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D59" s="7">
+        <v>45960</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F59" s="65">
+        <v>-38282.49</v>
+      </c>
+      <c r="G59" s="7">
+        <v>45960</v>
+      </c>
+      <c r="H59" s="7">
+        <v>45960</v>
+      </c>
+      <c r="I59" s="65">
+        <v>-38282.49</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" s="65">
+        <v>-603.94000000000005</v>
+      </c>
+      <c r="G60" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H60" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I60" s="65">
+        <v>-603.94000000000005</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B61" s="9"/>
+      <c r="C61" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" s="65">
+        <v>-2051.0500000000002</v>
+      </c>
+      <c r="G61" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H61" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I61" s="65">
+        <v>-2051.0500000000002</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D62" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F62" s="65">
+        <v>-5625.43</v>
+      </c>
+      <c r="G62" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H62" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I62" s="65">
+        <v>-5625.43</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D63" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F63" s="65">
+        <v>-7838.83</v>
+      </c>
+      <c r="G63" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H63" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I63" s="65">
+        <v>-7838.83</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" s="65">
+        <v>-14896.17</v>
+      </c>
+      <c r="G64" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H64" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I64" s="65">
+        <v>-14896.17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D65" s="7">
+        <v>45961</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" s="65">
+        <v>-11849.73</v>
+      </c>
+      <c r="G65" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H65" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I65" s="65">
+        <v>-11849.73</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B66" s="9" t="s">
+        <v>352</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D66" s="7">
+        <v>45937</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F66" s="65">
+        <v>-1759.44</v>
+      </c>
+      <c r="G66" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H66" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I66" s="65">
+        <v>-1759.44</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>353</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="D67" s="7">
+        <v>45945</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="F67" s="65">
+        <v>-150</v>
+      </c>
+      <c r="G67" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H67" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I67" s="65">
+        <v>-150</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B68" s="9" t="s">
+        <v>354</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D68" s="7">
+        <v>45943</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" s="65">
+        <v>-524.08000000000004</v>
+      </c>
+      <c r="G68" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H68" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I68" s="71">
+        <v>-524.08000000000004</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B69" s="9" t="s">
+        <v>355</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D69" s="7">
+        <v>45945</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="F69" s="65">
+        <v>-2200</v>
+      </c>
+      <c r="G69" s="7">
+        <v>45967</v>
+      </c>
+      <c r="H69" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I69" s="71">
+        <v>-2200</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B70" s="9" t="s">
+        <v>356</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D70" s="7">
+        <v>45952</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F70" s="65">
+        <v>-2955</v>
+      </c>
+      <c r="G70" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H70" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I70" s="65">
+        <v>-2955</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15.75" thickBot="1">
+      <c r="A71" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B71" s="9" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" s="7">
+        <v>45953</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F71" s="65">
+        <v>-2650</v>
+      </c>
+      <c r="G71" s="7">
+        <v>45961</v>
+      </c>
+      <c r="H71" s="7">
+        <v>45961</v>
+      </c>
+      <c r="I71" s="67">
+        <v>-2650</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15.75" thickBot="1">
+      <c r="B72" s="72"/>
+      <c r="C72" s="73"/>
+      <c r="D72" s="73"/>
+      <c r="E72" s="73"/>
+      <c r="F72" s="67"/>
+      <c r="G72" s="73"/>
+      <c r="H72" s="75"/>
+      <c r="I72" s="69">
+        <f>SUM(I2:I71)</f>
+        <v>-720350.66999999993</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="B73" s="43"/>
+      <c r="C73" s="44"/>
+      <c r="D73" s="44"/>
+      <c r="E73" s="44"/>
+      <c r="F73" s="74"/>
+      <c r="G73" s="44"/>
+      <c r="H73" s="44"/>
+      <c r="I73" s="44"/>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="B74" s="43"/>
+      <c r="C74" s="44"/>
+      <c r="D74" s="44"/>
+      <c r="E74" s="44"/>
+      <c r="F74" s="74"/>
+      <c r="G74" s="44"/>
+      <c r="H74" s="44"/>
+      <c r="I74" s="44"/>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="B75" s="43"/>
+      <c r="C75" s="44"/>
+      <c r="D75" s="44"/>
+      <c r="E75" s="44"/>
+      <c r="F75" s="74"/>
+      <c r="G75" s="44"/>
+      <c r="H75" s="44"/>
+      <c r="I75" s="44"/>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="B76" s="43"/>
+      <c r="C76" s="44"/>
+      <c r="D76" s="44"/>
+      <c r="E76" s="44"/>
+      <c r="F76" s="74"/>
+      <c r="G76" s="44"/>
+      <c r="H76" s="44"/>
+      <c r="I76" s="44"/>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="B77" s="43"/>
+      <c r="C77" s="44"/>
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="F77" s="74"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="44"/>
+      <c r="I77" s="44"/>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="B78" s="43"/>
+      <c r="C78" s="44"/>
+      <c r="D78" s="44"/>
+      <c r="E78" s="44"/>
+      <c r="F78" s="74"/>
+      <c r="G78" s="44"/>
+      <c r="H78" s="44"/>
+      <c r="I78" s="44"/>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="B79" s="43"/>
+      <c r="C79" s="44"/>
+      <c r="D79" s="44"/>
+      <c r="E79" s="44"/>
+      <c r="F79" s="74"/>
+      <c r="G79" s="44"/>
+      <c r="H79" s="44"/>
+      <c r="I79" s="44"/>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="B80" s="43"/>
+      <c r="C80" s="44"/>
+      <c r="D80" s="44"/>
+      <c r="E80" s="44"/>
+      <c r="F80" s="74"/>
+      <c r="G80" s="44"/>
+      <c r="H80" s="44"/>
+      <c r="I80" s="44"/>
+    </row>
+    <row r="81" spans="2:9">
+      <c r="B81" s="43"/>
+      <c r="C81" s="44"/>
+      <c r="D81" s="44"/>
+      <c r="E81" s="44"/>
+      <c r="F81" s="74"/>
+      <c r="G81" s="44"/>
+      <c r="H81" s="44"/>
+      <c r="I81" s="44"/>
+    </row>
+    <row r="82" spans="2:9">
+      <c r="B82" s="43"/>
+      <c r="C82" s="44"/>
+      <c r="D82" s="44"/>
+      <c r="E82" s="44"/>
+      <c r="F82" s="74"/>
+      <c r="G82" s="44"/>
+      <c r="H82" s="44"/>
+      <c r="I82" s="44"/>
+    </row>
+    <row r="83" spans="2:9">
+      <c r="B83" s="43"/>
+      <c r="C83" s="44"/>
+      <c r="D83" s="44"/>
+      <c r="E83" s="44"/>
+      <c r="F83" s="74"/>
+      <c r="G83" s="44"/>
+      <c r="H83" s="44"/>
+      <c r="I83" s="44"/>
+    </row>
+    <row r="84" spans="2:9">
+      <c r="B84" s="43"/>
+      <c r="C84" s="44"/>
+      <c r="D84" s="44"/>
+      <c r="E84" s="44"/>
+      <c r="F84" s="74"/>
+      <c r="G84" s="44"/>
+      <c r="H84" s="44"/>
+      <c r="I84" s="44"/>
+    </row>
+    <row r="85" spans="2:9">
+      <c r="B85" s="43"/>
+      <c r="C85" s="44"/>
+      <c r="D85" s="44"/>
+      <c r="E85" s="44"/>
+      <c r="F85" s="74"/>
+      <c r="G85" s="44"/>
+      <c r="H85" s="44"/>
+      <c r="I85" s="44"/>
+    </row>
+    <row r="86" spans="2:9">
+      <c r="B86" s="43"/>
+      <c r="C86" s="44"/>
+      <c r="D86" s="44"/>
+      <c r="E86" s="44"/>
+      <c r="F86" s="74"/>
+      <c r="G86" s="44"/>
+      <c r="H86" s="44"/>
+      <c r="I86" s="44"/>
+    </row>
+    <row r="87" spans="2:9">
+      <c r="B87" s="43"/>
+      <c r="C87" s="44"/>
+      <c r="D87" s="44"/>
+      <c r="E87" s="44"/>
+      <c r="F87" s="74"/>
+      <c r="G87" s="44"/>
+      <c r="H87" s="44"/>
+      <c r="I87" s="44"/>
+    </row>
+    <row r="88" spans="2:9">
+      <c r="B88" s="43"/>
+      <c r="C88" s="44"/>
+      <c r="D88" s="44"/>
+      <c r="E88" s="44"/>
+      <c r="F88" s="74"/>
+      <c r="G88" s="44"/>
+      <c r="H88" s="44"/>
+      <c r="I88" s="44"/>
+    </row>
+    <row r="89" spans="2:9">
+      <c r="B89" s="43"/>
+      <c r="C89" s="44"/>
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="F89" s="74"/>
+      <c r="G89" s="44"/>
+      <c r="H89" s="44"/>
+      <c r="I89" s="44"/>
+    </row>
+    <row r="90" spans="2:9">
+      <c r="B90" s="43"/>
+      <c r="C90" s="44"/>
+      <c r="D90" s="44"/>
+      <c r="E90" s="44"/>
+      <c r="F90" s="74"/>
+      <c r="G90" s="44"/>
+      <c r="H90" s="44"/>
+      <c r="I90" s="44"/>
+    </row>
+    <row r="91" spans="2:9">
+      <c r="B91" s="43"/>
+      <c r="C91" s="44"/>
+      <c r="D91" s="44"/>
+      <c r="E91" s="44"/>
+      <c r="F91" s="74"/>
+      <c r="G91" s="44"/>
+      <c r="H91" s="44"/>
+      <c r="I91" s="44"/>
+    </row>
+    <row r="92" spans="2:9">
+      <c r="B92" s="43"/>
+      <c r="C92" s="44"/>
+      <c r="D92" s="44"/>
+      <c r="E92" s="44"/>
+      <c r="F92" s="74"/>
+      <c r="G92" s="44"/>
+      <c r="H92" s="44"/>
+      <c r="I92" s="44"/>
+    </row>
+    <row r="93" spans="2:9">
+      <c r="B93" s="43"/>
+      <c r="C93" s="44"/>
+      <c r="D93" s="44"/>
+      <c r="E93" s="44"/>
+      <c r="F93" s="74"/>
+      <c r="G93" s="44"/>
+      <c r="H93" s="44"/>
+      <c r="I93" s="44"/>
+    </row>
+    <row r="94" spans="2:9">
+      <c r="B94" s="43"/>
+      <c r="C94" s="44"/>
+      <c r="D94" s="44"/>
+      <c r="E94" s="44"/>
+      <c r="F94" s="74"/>
+      <c r="G94" s="44"/>
+      <c r="H94" s="44"/>
+      <c r="I94" s="44"/>
+    </row>
+    <row r="95" spans="2:9">
+      <c r="B95" s="43"/>
+      <c r="C95" s="44"/>
+      <c r="D95" s="44"/>
+      <c r="E95" s="44"/>
+      <c r="F95" s="74"/>
+      <c r="G95" s="44"/>
+      <c r="H95" s="44"/>
+      <c r="I95" s="44"/>
+    </row>
+    <row r="96" spans="2:9">
+      <c r="B96" s="43"/>
+      <c r="C96" s="44"/>
+      <c r="D96" s="44"/>
+      <c r="E96" s="44"/>
+      <c r="F96" s="74"/>
+      <c r="G96" s="44"/>
+      <c r="H96" s="44"/>
+      <c r="I96" s="44"/>
+    </row>
+    <row r="97" spans="2:9">
+      <c r="B97" s="43"/>
+      <c r="C97" s="44"/>
+      <c r="D97" s="44"/>
+      <c r="E97" s="44"/>
+      <c r="F97" s="74"/>
+      <c r="G97" s="44"/>
+      <c r="H97" s="44"/>
+      <c r="I97" s="44"/>
+    </row>
+    <row r="98" spans="2:9">
+      <c r="B98" s="43"/>
+      <c r="C98" s="44"/>
+      <c r="D98" s="44"/>
+      <c r="E98" s="44"/>
+      <c r="F98" s="74"/>
+      <c r="G98" s="44"/>
+      <c r="H98" s="44"/>
+      <c r="I98" s="44"/>
+    </row>
+    <row r="99" spans="2:9">
+      <c r="B99" s="43"/>
+      <c r="C99" s="44"/>
+      <c r="D99" s="44"/>
+      <c r="E99" s="44"/>
+      <c r="F99" s="74"/>
+      <c r="G99" s="44"/>
+      <c r="H99" s="44"/>
+      <c r="I99" s="44"/>
+    </row>
+    <row r="100" spans="2:9">
+      <c r="B100" s="43"/>
+      <c r="C100" s="44"/>
+      <c r="D100" s="44"/>
+      <c r="E100" s="44"/>
+      <c r="F100" s="74"/>
+      <c r="G100" s="44"/>
+      <c r="H100" s="44"/>
+      <c r="I100" s="44"/>
+    </row>
+    <row r="101" spans="2:9">
+      <c r="B101" s="43"/>
+      <c r="C101" s="44"/>
+      <c r="D101" s="44"/>
+      <c r="E101" s="44"/>
+      <c r="F101" s="74"/>
+      <c r="G101" s="44"/>
+      <c r="H101" s="44"/>
+      <c r="I101" s="44"/>
+    </row>
+    <row r="102" spans="2:9">
+      <c r="B102" s="43"/>
+      <c r="C102" s="44"/>
+      <c r="D102" s="44"/>
+      <c r="E102" s="44"/>
+      <c r="F102" s="74"/>
+      <c r="G102" s="44"/>
+      <c r="H102" s="44"/>
+      <c r="I102" s="44"/>
+    </row>
+    <row r="103" spans="2:9">
+      <c r="B103" s="43"/>
+      <c r="C103" s="44"/>
+      <c r="D103" s="44"/>
+      <c r="E103" s="44"/>
+      <c r="F103" s="74"/>
+      <c r="G103" s="44"/>
+      <c r="H103" s="44"/>
+      <c r="I103" s="44"/>
+    </row>
+    <row r="104" spans="2:9">
+      <c r="B104" s="43"/>
+      <c r="C104" s="44"/>
+      <c r="D104" s="44"/>
+      <c r="E104" s="44"/>
+      <c r="F104" s="74"/>
+      <c r="G104" s="44"/>
+      <c r="H104" s="44"/>
+      <c r="I104" s="44"/>
+    </row>
+    <row r="105" spans="2:9">
+      <c r="B105" s="43"/>
+      <c r="C105" s="44"/>
+      <c r="D105" s="44"/>
+      <c r="E105" s="44"/>
+      <c r="F105" s="74"/>
+      <c r="G105" s="44"/>
+      <c r="H105" s="44"/>
+      <c r="I105" s="44"/>
+    </row>
+    <row r="106" spans="2:9">
+      <c r="B106" s="43"/>
+      <c r="C106" s="44"/>
+      <c r="D106" s="44"/>
+      <c r="E106" s="44"/>
+      <c r="F106" s="74"/>
+      <c r="G106" s="44"/>
+      <c r="H106" s="44"/>
+      <c r="I106" s="44"/>
+    </row>
+    <row r="107" spans="2:9">
+      <c r="B107" s="43"/>
+      <c r="C107" s="44"/>
+      <c r="D107" s="44"/>
+      <c r="E107" s="44"/>
+      <c r="F107" s="74"/>
+      <c r="G107" s="44"/>
+      <c r="H107" s="44"/>
+      <c r="I107" s="44"/>
+    </row>
+    <row r="108" spans="2:9">
+      <c r="B108" s="43"/>
+      <c r="C108" s="44"/>
+      <c r="D108" s="44"/>
+      <c r="E108" s="44"/>
+      <c r="F108" s="74"/>
+      <c r="G108" s="44"/>
+      <c r="H108" s="44"/>
+      <c r="I108" s="44"/>
+    </row>
+    <row r="109" spans="2:9">
+      <c r="B109" s="43"/>
+      <c r="C109" s="44"/>
+      <c r="D109" s="44"/>
+      <c r="E109" s="44"/>
+      <c r="F109" s="74"/>
+      <c r="G109" s="44"/>
+      <c r="H109" s="44"/>
+      <c r="I109" s="44"/>
+    </row>
+    <row r="110" spans="2:9">
+      <c r="B110" s="43"/>
+      <c r="C110" s="44"/>
+      <c r="D110" s="44"/>
+      <c r="E110" s="44"/>
+      <c r="F110" s="74"/>
+      <c r="G110" s="44"/>
+      <c r="H110" s="44"/>
+      <c r="I110" s="44"/>
+    </row>
+    <row r="111" spans="2:9">
+      <c r="B111" s="43"/>
+      <c r="C111" s="44"/>
+      <c r="D111" s="44"/>
+      <c r="E111" s="44"/>
+      <c r="F111" s="74"/>
+      <c r="G111" s="44"/>
+      <c r="H111" s="44"/>
+      <c r="I111" s="44"/>
+    </row>
+    <row r="112" spans="2:9">
+      <c r="B112" s="43"/>
+      <c r="C112" s="44"/>
+      <c r="D112" s="44"/>
+      <c r="E112" s="44"/>
+      <c r="F112" s="74"/>
+      <c r="G112" s="44"/>
+      <c r="H112" s="44"/>
+      <c r="I112" s="44"/>
+    </row>
+    <row r="113" spans="2:9">
+      <c r="B113" s="43"/>
+      <c r="C113" s="44"/>
+      <c r="D113" s="44"/>
+      <c r="E113" s="44"/>
+      <c r="F113" s="74"/>
+      <c r="G113" s="44"/>
+      <c r="H113" s="44"/>
+      <c r="I113" s="44"/>
+    </row>
+    <row r="114" spans="2:9">
+      <c r="B114" s="43"/>
+      <c r="C114" s="44"/>
+      <c r="D114" s="44"/>
+      <c r="E114" s="44"/>
+      <c r="F114" s="74"/>
+      <c r="G114" s="44"/>
+      <c r="H114" s="44"/>
+      <c r="I114" s="44"/>
+    </row>
+    <row r="115" spans="2:9">
+      <c r="B115" s="43"/>
+      <c r="C115" s="44"/>
+      <c r="D115" s="44"/>
+      <c r="E115" s="44"/>
+      <c r="F115" s="74"/>
+      <c r="G115" s="44"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="44"/>
+    </row>
+    <row r="116" spans="2:9">
+      <c r="B116" s="43"/>
+      <c r="C116" s="44"/>
+      <c r="D116" s="44"/>
+      <c r="E116" s="44"/>
+      <c r="F116" s="74"/>
+      <c r="G116" s="44"/>
+      <c r="H116" s="44"/>
+      <c r="I116" s="44"/>
+    </row>
+    <row r="117" spans="2:9">
+      <c r="B117" s="43"/>
+      <c r="C117" s="44"/>
+      <c r="D117" s="44"/>
+      <c r="E117" s="44"/>
+      <c r="F117" s="74"/>
+      <c r="G117" s="44"/>
+      <c r="H117" s="44"/>
+      <c r="I117" s="44"/>
+    </row>
+    <row r="118" spans="2:9">
+      <c r="B118" s="43"/>
+      <c r="C118" s="44"/>
+      <c r="D118" s="44"/>
+      <c r="E118" s="44"/>
+      <c r="F118" s="74"/>
+      <c r="G118" s="44"/>
+      <c r="H118" s="44"/>
+      <c r="I118" s="44"/>
+    </row>
+    <row r="119" spans="2:9">
+      <c r="B119" s="43"/>
+      <c r="C119" s="44"/>
+      <c r="D119" s="44"/>
+      <c r="E119" s="44"/>
+      <c r="F119" s="74"/>
+      <c r="G119" s="44"/>
+      <c r="H119" s="44"/>
+      <c r="I119" s="44"/>
+    </row>
+    <row r="120" spans="2:9">
+      <c r="B120" s="43"/>
+      <c r="C120" s="44"/>
+      <c r="D120" s="44"/>
+      <c r="E120" s="44"/>
+      <c r="F120" s="74"/>
+      <c r="G120" s="44"/>
+      <c r="H120" s="44"/>
+      <c r="I120" s="44"/>
+    </row>
+    <row r="121" spans="2:9">
+      <c r="B121" s="43"/>
+      <c r="C121" s="44"/>
+      <c r="D121" s="44"/>
+      <c r="E121" s="44"/>
+      <c r="F121" s="74"/>
+      <c r="G121" s="44"/>
+      <c r="H121" s="44"/>
+      <c r="I121" s="44"/>
+    </row>
+    <row r="122" spans="2:9">
+      <c r="B122" s="43"/>
+      <c r="C122" s="44"/>
+      <c r="D122" s="44"/>
+      <c r="E122" s="44"/>
+      <c r="F122" s="74"/>
+      <c r="G122" s="44"/>
+      <c r="H122" s="44"/>
+      <c r="I122" s="44"/>
+    </row>
+    <row r="123" spans="2:9">
+      <c r="B123" s="43"/>
+      <c r="C123" s="44"/>
+      <c r="D123" s="44"/>
+      <c r="E123" s="44"/>
+      <c r="F123" s="74"/>
+      <c r="G123" s="44"/>
+      <c r="H123" s="44"/>
+      <c r="I123" s="44"/>
+    </row>
+    <row r="124" spans="2:9">
+      <c r="B124" s="43"/>
+      <c r="C124" s="44"/>
+      <c r="D124" s="44"/>
+      <c r="E124" s="44"/>
+      <c r="F124" s="74"/>
+      <c r="G124" s="44"/>
+      <c r="H124" s="44"/>
+      <c r="I124" s="44"/>
+    </row>
+    <row r="125" spans="2:9">
+      <c r="B125" s="43"/>
+      <c r="C125" s="44"/>
+      <c r="D125" s="44"/>
+      <c r="E125" s="44"/>
+      <c r="F125" s="74"/>
+      <c r="G125" s="44"/>
+      <c r="H125" s="44"/>
+      <c r="I125" s="44"/>
+    </row>
+    <row r="126" spans="2:9">
+      <c r="B126" s="43"/>
+      <c r="C126" s="44"/>
+      <c r="D126" s="44"/>
+      <c r="E126" s="44"/>
+      <c r="F126" s="74"/>
+      <c r="G126" s="44"/>
+      <c r="H126" s="44"/>
+      <c r="I126" s="44"/>
+    </row>
+    <row r="127" spans="2:9">
+      <c r="B127" s="43"/>
+      <c r="C127" s="44"/>
+      <c r="D127" s="44"/>
+      <c r="E127" s="44"/>
+      <c r="F127" s="74"/>
+      <c r="G127" s="44"/>
+      <c r="H127" s="44"/>
+      <c r="I127" s="44"/>
+    </row>
+    <row r="128" spans="2:9">
+      <c r="B128" s="43"/>
+      <c r="C128" s="44"/>
+      <c r="D128" s="44"/>
+      <c r="E128" s="44"/>
+      <c r="F128" s="74"/>
+      <c r="G128" s="44"/>
+      <c r="H128" s="44"/>
+      <c r="I128" s="44"/>
+    </row>
+    <row r="129" spans="2:9">
+      <c r="B129" s="43"/>
+      <c r="C129" s="44"/>
+      <c r="D129" s="44"/>
+      <c r="E129" s="44"/>
+      <c r="F129" s="74"/>
+      <c r="G129" s="44"/>
+      <c r="H129" s="44"/>
+      <c r="I129" s="44"/>
+    </row>
+    <row r="130" spans="2:9">
+      <c r="B130" s="43"/>
+      <c r="C130" s="44"/>
+      <c r="D130" s="44"/>
+      <c r="E130" s="44"/>
+      <c r="F130" s="74"/>
+      <c r="G130" s="44"/>
+      <c r="H130" s="44"/>
+      <c r="I130" s="44"/>
+    </row>
+    <row r="131" spans="2:9">
+      <c r="B131" s="43"/>
+      <c r="C131" s="44"/>
+      <c r="D131" s="44"/>
+      <c r="E131" s="44"/>
+      <c r="F131" s="74"/>
+      <c r="G131" s="44"/>
+      <c r="H131" s="44"/>
+      <c r="I131" s="44"/>
+    </row>
+    <row r="132" spans="2:9">
+      <c r="B132" s="43"/>
+      <c r="C132" s="44"/>
+      <c r="D132" s="44"/>
+      <c r="E132" s="44"/>
+      <c r="F132" s="74"/>
+      <c r="G132" s="44"/>
+      <c r="H132" s="44"/>
+      <c r="I132" s="44"/>
+    </row>
+    <row r="133" spans="2:9">
+      <c r="B133" s="43"/>
+      <c r="C133" s="44"/>
+      <c r="D133" s="44"/>
+      <c r="E133" s="44"/>
+      <c r="F133" s="74"/>
+      <c r="G133" s="44"/>
+      <c r="H133" s="44"/>
+      <c r="I133" s="44"/>
+    </row>
+    <row r="134" spans="2:9">
+      <c r="B134" s="43"/>
+      <c r="C134" s="44"/>
+      <c r="D134" s="44"/>
+      <c r="E134" s="44"/>
+      <c r="F134" s="74"/>
+      <c r="G134" s="44"/>
+      <c r="H134" s="44"/>
+      <c r="I134" s="44"/>
+    </row>
+    <row r="135" spans="2:9">
+      <c r="B135" s="43"/>
+      <c r="C135" s="44"/>
+      <c r="D135" s="44"/>
+      <c r="E135" s="44"/>
+      <c r="F135" s="74"/>
+      <c r="G135" s="44"/>
+      <c r="H135" s="44"/>
+      <c r="I135" s="44"/>
+    </row>
+    <row r="136" spans="2:9">
+      <c r="B136" s="43"/>
+      <c r="C136" s="44"/>
+      <c r="D136" s="44"/>
+      <c r="E136" s="44"/>
+      <c r="F136" s="74"/>
+      <c r="G136" s="44"/>
+      <c r="H136" s="44"/>
+      <c r="I136" s="44"/>
+    </row>
+    <row r="137" spans="2:9">
+      <c r="B137" s="43"/>
+      <c r="C137" s="44"/>
+      <c r="D137" s="44"/>
+      <c r="E137" s="44"/>
+      <c r="F137" s="74"/>
+      <c r="G137" s="44"/>
+      <c r="H137" s="44"/>
+      <c r="I137" s="44"/>
+    </row>
+    <row r="138" spans="2:9">
+      <c r="B138" s="43"/>
+      <c r="C138" s="44"/>
+      <c r="D138" s="44"/>
+      <c r="E138" s="44"/>
+      <c r="F138" s="74"/>
+      <c r="G138" s="44"/>
+      <c r="H138" s="44"/>
+      <c r="I138" s="44"/>
+    </row>
+    <row r="139" spans="2:9">
+      <c r="B139" s="43"/>
+      <c r="C139" s="44"/>
+      <c r="D139" s="44"/>
+      <c r="E139" s="44"/>
+      <c r="F139" s="74"/>
+      <c r="G139" s="44"/>
+      <c r="H139" s="44"/>
+      <c r="I139" s="44"/>
+    </row>
+    <row r="140" spans="2:9">
+      <c r="B140" s="43"/>
+      <c r="C140" s="44"/>
+      <c r="D140" s="44"/>
+      <c r="E140" s="44"/>
+      <c r="F140" s="74"/>
+      <c r="G140" s="44"/>
+      <c r="H140" s="44"/>
+      <c r="I140" s="44"/>
+    </row>
+    <row r="141" spans="2:9">
+      <c r="B141" s="43"/>
+      <c r="C141" s="44"/>
+      <c r="D141" s="44"/>
+      <c r="E141" s="44"/>
+      <c r="F141" s="74"/>
+      <c r="G141" s="44"/>
+      <c r="H141" s="44"/>
+      <c r="I141" s="44"/>
+    </row>
+    <row r="142" spans="2:9">
+      <c r="B142" s="43"/>
+      <c r="C142" s="44"/>
+      <c r="D142" s="44"/>
+      <c r="E142" s="44"/>
+      <c r="F142" s="74"/>
+      <c r="G142" s="44"/>
+      <c r="H142" s="44"/>
+      <c r="I142" s="44"/>
+    </row>
+    <row r="143" spans="2:9">
+      <c r="B143" s="43"/>
+      <c r="C143" s="44"/>
+      <c r="D143" s="44"/>
+      <c r="E143" s="44"/>
+      <c r="F143" s="74"/>
+      <c r="G143" s="44"/>
+      <c r="H143" s="44"/>
+      <c r="I143" s="44"/>
+    </row>
+    <row r="144" spans="2:9">
+      <c r="B144" s="43"/>
+      <c r="C144" s="44"/>
+      <c r="D144" s="44"/>
+      <c r="E144" s="44"/>
+      <c r="F144" s="74"/>
+      <c r="G144" s="44"/>
+      <c r="H144" s="44"/>
+      <c r="I144" s="44"/>
+    </row>
+    <row r="145" spans="2:9">
+      <c r="B145" s="43"/>
+      <c r="C145" s="44"/>
+      <c r="D145" s="44"/>
+      <c r="E145" s="44"/>
+      <c r="F145" s="74"/>
+      <c r="G145" s="44"/>
+      <c r="H145" s="44"/>
+      <c r="I145" s="44"/>
+    </row>
+    <row r="146" spans="2:9">
+      <c r="B146" s="43"/>
+      <c r="C146" s="44"/>
+      <c r="D146" s="44"/>
+      <c r="E146" s="44"/>
+      <c r="F146" s="74"/>
+      <c r="G146" s="44"/>
+      <c r="H146" s="44"/>
+      <c r="I146" s="44"/>
+    </row>
+    <row r="147" spans="2:9">
+      <c r="B147" s="43"/>
+      <c r="C147" s="44"/>
+      <c r="D147" s="44"/>
+      <c r="E147" s="44"/>
+      <c r="F147" s="74"/>
+      <c r="G147" s="44"/>
+      <c r="H147" s="44"/>
+      <c r="I147" s="44"/>
+    </row>
+    <row r="148" spans="2:9">
+      <c r="B148" s="43"/>
+      <c r="C148" s="44"/>
+      <c r="D148" s="44"/>
+      <c r="E148" s="44"/>
+      <c r="F148" s="74"/>
+      <c r="G148" s="44"/>
+      <c r="H148" s="44"/>
+      <c r="I148" s="44"/>
+    </row>
+    <row r="149" spans="2:9">
+      <c r="B149" s="43"/>
+      <c r="C149" s="44"/>
+      <c r="D149" s="44"/>
+      <c r="E149" s="44"/>
+      <c r="F149" s="74"/>
+      <c r="G149" s="44"/>
+      <c r="H149" s="44"/>
+      <c r="I149" s="44"/>
+    </row>
+    <row r="150" spans="2:9">
+      <c r="B150" s="43"/>
+      <c r="C150" s="44"/>
+      <c r="D150" s="44"/>
+      <c r="E150" s="44"/>
+      <c r="F150" s="74"/>
+      <c r="G150" s="44"/>
+      <c r="H150" s="44"/>
+      <c r="I150" s="44"/>
+    </row>
+    <row r="151" spans="2:9">
+      <c r="B151" s="43"/>
+      <c r="C151" s="44"/>
+      <c r="D151" s="44"/>
+      <c r="E151" s="44"/>
+      <c r="F151" s="74"/>
+      <c r="G151" s="44"/>
+      <c r="H151" s="44"/>
+      <c r="I151" s="44"/>
+    </row>
+    <row r="152" spans="2:9">
+      <c r="B152" s="43"/>
+      <c r="C152" s="44"/>
+      <c r="D152" s="44"/>
+      <c r="E152" s="44"/>
+      <c r="F152" s="74"/>
+      <c r="G152" s="44"/>
+      <c r="H152" s="44"/>
+      <c r="I152" s="44"/>
+    </row>
+    <row r="153" spans="2:9">
+      <c r="B153" s="43"/>
+      <c r="C153" s="44"/>
+      <c r="D153" s="44"/>
+      <c r="E153" s="44"/>
+      <c r="F153" s="74"/>
+      <c r="G153" s="44"/>
+      <c r="H153" s="44"/>
+      <c r="I153" s="44"/>
+    </row>
+    <row r="154" spans="2:9">
+      <c r="B154" s="43"/>
+      <c r="C154" s="44"/>
+      <c r="D154" s="44"/>
+      <c r="E154" s="44"/>
+      <c r="F154" s="74"/>
+      <c r="G154" s="44"/>
+      <c r="H154" s="44"/>
+      <c r="I154" s="44"/>
+    </row>
+    <row r="155" spans="2:9">
+      <c r="B155" s="43"/>
+      <c r="C155" s="44"/>
+      <c r="D155" s="44"/>
+      <c r="E155" s="44"/>
+      <c r="F155" s="74"/>
+      <c r="G155" s="44"/>
+      <c r="H155" s="44"/>
+      <c r="I155" s="44"/>
+    </row>
+    <row r="156" spans="2:9">
+      <c r="B156" s="43"/>
+      <c r="C156" s="44"/>
+      <c r="D156" s="44"/>
+      <c r="E156" s="44"/>
+      <c r="F156" s="74"/>
+      <c r="G156" s="44"/>
+      <c r="H156" s="44"/>
+      <c r="I156" s="44"/>
+    </row>
+    <row r="157" spans="2:9">
+      <c r="B157" s="43"/>
+      <c r="C157" s="44"/>
+      <c r="D157" s="44"/>
+      <c r="E157" s="44"/>
+      <c r="F157" s="74"/>
+      <c r="G157" s="44"/>
+      <c r="H157" s="44"/>
+      <c r="I157" s="44"/>
+    </row>
+    <row r="158" spans="2:9">
+      <c r="B158" s="43"/>
+      <c r="C158" s="44"/>
+      <c r="D158" s="44"/>
+      <c r="E158" s="44"/>
+      <c r="F158" s="74"/>
+      <c r="G158" s="44"/>
+      <c r="H158" s="44"/>
+      <c r="I158" s="44"/>
+    </row>
+    <row r="159" spans="2:9">
+      <c r="B159" s="43"/>
+      <c r="C159" s="44"/>
+      <c r="D159" s="44"/>
+      <c r="E159" s="44"/>
+      <c r="F159" s="74"/>
+      <c r="G159" s="44"/>
+      <c r="H159" s="44"/>
+      <c r="I159" s="44"/>
+    </row>
+    <row r="160" spans="2:9">
+      <c r="B160" s="43"/>
+      <c r="C160" s="44"/>
+      <c r="D160" s="44"/>
+      <c r="E160" s="44"/>
+      <c r="F160" s="74"/>
+      <c r="G160" s="44"/>
+      <c r="H160" s="44"/>
+      <c r="I160" s="44"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="D1:I137" xr:uid="{D37165F4-E936-4B53-99A0-BE9A2A2D5753}"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="64" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E5511E9-7D58-46D2-9B79-FADE0EBD08AC}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J71"/>
+  <sheetViews>
+    <sheetView topLeftCell="A26" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection sqref="A1:I53"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="15" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="70.28515625" customWidth="1"/>
+    <col min="4" max="4" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.42578125" customWidth="1"/>
+    <col min="6" max="6" width="15.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="29.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="31.5">
+      <c r="A1" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="78" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="78" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="79" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="80" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="78" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="80" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="76"/>
+    </row>
+    <row r="2" spans="1:10" ht="15.75">
+      <c r="A2" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="82"/>
+      <c r="C2" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E2" s="81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="83">
+        <v>-695.17</v>
+      </c>
+      <c r="G2" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H2" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I2" s="83">
+        <v>-695.17</v>
+      </c>
+      <c r="J2" s="76"/>
+    </row>
+    <row r="3" spans="1:10" ht="15.75">
+      <c r="A3" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" s="82"/>
+      <c r="C3" s="81" t="s">
+        <v>215</v>
+      </c>
+      <c r="D3" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E3" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" s="83">
+        <v>-100</v>
+      </c>
+      <c r="G3" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H3" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I3" s="83">
+        <v>-100</v>
+      </c>
+      <c r="J3" s="76"/>
+    </row>
+    <row r="4" spans="1:10" ht="15.75">
+      <c r="A4" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" s="82"/>
+      <c r="C4" s="81" t="s">
+        <v>261</v>
+      </c>
+      <c r="D4" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E4" s="84" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" s="83">
+        <v>-830.61</v>
+      </c>
+      <c r="G4" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H4" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I4" s="85">
+        <v>-830.61</v>
+      </c>
+      <c r="J4" s="76"/>
+    </row>
+    <row r="5" spans="1:10" ht="15.75">
+      <c r="A5" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" s="82"/>
+      <c r="C5" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E5" s="84" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="83">
+        <v>-224</v>
+      </c>
+      <c r="G5" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H5" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I5" s="83">
+        <v>-224</v>
+      </c>
+      <c r="J5" s="76"/>
+    </row>
+    <row r="6" spans="1:10" ht="15.75">
+      <c r="A6" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" s="82"/>
+      <c r="C6" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="81">
+        <v>45966</v>
+      </c>
+      <c r="E6" s="81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="83">
+        <v>-31213.61</v>
+      </c>
+      <c r="G6" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H6" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I6" s="83">
+        <v>-31213.61</v>
+      </c>
+      <c r="J6" s="76"/>
+    </row>
+    <row r="7" spans="1:10" ht="15.75">
+      <c r="A7" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="82"/>
+      <c r="C7" s="81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E7" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" s="83">
+        <v>-89.42</v>
+      </c>
+      <c r="G7" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H7" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I7" s="83">
+        <v>-89.42</v>
+      </c>
+      <c r="J7" s="76"/>
+    </row>
+    <row r="8" spans="1:10" ht="15.75">
+      <c r="A8" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="82"/>
+      <c r="C8" s="81" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E8" s="81" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="83">
+        <v>-60.5</v>
+      </c>
+      <c r="G8" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H8" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I8" s="83">
+        <v>-60.5</v>
+      </c>
+      <c r="J8" s="76"/>
+    </row>
+    <row r="9" spans="1:10" ht="15.75">
+      <c r="A9" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" s="82"/>
+      <c r="C9" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E9" s="81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="83">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="G9" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H9" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I9" s="83">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="J9" s="76"/>
+    </row>
+    <row r="10" spans="1:10" ht="15.75">
+      <c r="A10" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" s="82" t="s">
+        <v>358</v>
+      </c>
+      <c r="C10" s="81" t="s">
+        <v>208</v>
+      </c>
+      <c r="D10" s="81">
+        <v>45945</v>
+      </c>
+      <c r="E10" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="83">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G10" s="81">
+        <v>45964</v>
+      </c>
+      <c r="H10" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I10" s="83">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="J10" s="76"/>
+    </row>
+    <row r="11" spans="1:10" ht="15.75">
+      <c r="A11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="82"/>
+      <c r="C11" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E11" s="81" t="s">
+        <v>107</v>
+      </c>
+      <c r="F11" s="83">
+        <v>-18350.23</v>
+      </c>
+      <c r="G11" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H11" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I11" s="83">
+        <v>-18350.23</v>
+      </c>
+      <c r="J11" s="76"/>
+    </row>
+    <row r="12" spans="1:10" ht="15.75">
+      <c r="A12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="82"/>
+      <c r="C12" s="81" t="s">
+        <v>281</v>
+      </c>
+      <c r="D12" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E12" s="81" t="s">
+        <v>285</v>
+      </c>
+      <c r="F12" s="83">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G12" s="81">
+        <v>45966</v>
+      </c>
+      <c r="H12" s="81">
+        <v>45966</v>
+      </c>
+      <c r="I12" s="83">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="J12" s="76"/>
+    </row>
+    <row r="13" spans="1:10" ht="15.75">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="82" t="s">
+        <v>359</v>
+      </c>
+      <c r="C13" s="81" t="s">
+        <v>214</v>
+      </c>
+      <c r="D13" s="81">
+        <v>45937</v>
+      </c>
+      <c r="E13" s="84" t="s">
+        <v>269</v>
+      </c>
+      <c r="F13" s="83">
+        <v>-6900</v>
+      </c>
+      <c r="G13" s="81">
+        <v>45967</v>
+      </c>
+      <c r="H13" s="81">
+        <v>45967</v>
+      </c>
+      <c r="I13" s="83">
+        <v>-6900</v>
+      </c>
+      <c r="J13" s="76"/>
+    </row>
+    <row r="14" spans="1:10" ht="15.75">
+      <c r="A14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="82" t="s">
+        <v>360</v>
+      </c>
+      <c r="C14" s="81" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14" s="81">
+        <v>45940</v>
+      </c>
+      <c r="E14" s="81" t="s">
+        <v>157</v>
+      </c>
+      <c r="F14" s="83">
+        <v>-2148.9</v>
+      </c>
+      <c r="G14" s="81">
+        <v>45970</v>
+      </c>
+      <c r="H14" s="81">
+        <v>45968</v>
+      </c>
+      <c r="I14" s="83">
+        <v>-2148.9</v>
+      </c>
+      <c r="J14" s="76"/>
+    </row>
+    <row r="15" spans="1:10" ht="15.75">
+      <c r="A15" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="82" t="s">
+        <v>361</v>
+      </c>
+      <c r="C15" s="81" t="s">
+        <v>362</v>
+      </c>
+      <c r="D15" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E15" s="81" t="s">
+        <v>363</v>
+      </c>
+      <c r="F15" s="83">
+        <v>-67767.61</v>
+      </c>
+      <c r="G15" s="81">
+        <v>45968</v>
+      </c>
+      <c r="H15" s="81">
+        <v>45968</v>
+      </c>
+      <c r="I15" s="85">
+        <v>-67767.61</v>
+      </c>
+      <c r="J15" s="76"/>
+    </row>
+    <row r="16" spans="1:10" ht="15.75">
+      <c r="A16" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="82" t="s">
+        <v>364</v>
+      </c>
+      <c r="C16" s="81" t="s">
+        <v>204</v>
+      </c>
+      <c r="D16" s="81">
+        <v>45946</v>
+      </c>
+      <c r="E16" s="81" t="s">
+        <v>133</v>
+      </c>
+      <c r="F16" s="83">
+        <v>-2796.3</v>
+      </c>
+      <c r="G16" s="81">
+        <v>45968</v>
+      </c>
+      <c r="H16" s="81">
+        <v>45968</v>
+      </c>
+      <c r="I16" s="83">
+        <v>-2796.3</v>
+      </c>
+      <c r="J16" s="76"/>
+    </row>
+    <row r="17" spans="1:10" ht="15.75">
+      <c r="A17" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="82" t="s">
+        <v>365</v>
+      </c>
+      <c r="C17" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="81">
+        <v>45951</v>
+      </c>
+      <c r="E17" s="81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" s="83">
+        <v>-792.36</v>
+      </c>
+      <c r="G17" s="81">
+        <v>45971</v>
+      </c>
+      <c r="H17" s="81">
+        <v>45971</v>
+      </c>
+      <c r="I17" s="83">
+        <v>-792.36</v>
+      </c>
+      <c r="J17" s="76"/>
+    </row>
+    <row r="18" spans="1:10" ht="15.75">
+      <c r="A18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="82" t="s">
+        <v>366</v>
+      </c>
+      <c r="C18" s="81" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="81">
+        <v>45964</v>
+      </c>
+      <c r="E18" s="81" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" s="83">
+        <v>-122</v>
+      </c>
+      <c r="G18" s="81">
+        <v>45971</v>
+      </c>
+      <c r="H18" s="81">
+        <v>45971</v>
+      </c>
+      <c r="I18" s="83">
+        <v>-122</v>
+      </c>
+      <c r="J18" s="76"/>
+    </row>
+    <row r="19" spans="1:10" ht="15.75">
+      <c r="A19" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="82"/>
+      <c r="C19" s="81" t="s">
+        <v>220</v>
+      </c>
+      <c r="D19" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E19" s="84" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="83">
+        <v>-5554.11</v>
+      </c>
+      <c r="G19" s="81">
+        <v>45971</v>
+      </c>
+      <c r="H19" s="81">
+        <v>45971</v>
+      </c>
+      <c r="I19" s="83">
+        <v>-5554.11</v>
+      </c>
+      <c r="J19" s="76"/>
+    </row>
+    <row r="20" spans="1:10" ht="15.75">
+      <c r="A20" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="82"/>
+      <c r="C20" s="81" t="s">
+        <v>220</v>
+      </c>
+      <c r="D20" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E20" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" s="83">
+        <v>-120.75</v>
+      </c>
+      <c r="G20" s="81">
+        <v>45971</v>
+      </c>
+      <c r="H20" s="81">
+        <v>45971</v>
+      </c>
+      <c r="I20" s="83">
+        <v>-120.75</v>
+      </c>
+      <c r="J20" s="76"/>
+    </row>
+    <row r="21" spans="1:10" ht="15.75">
+      <c r="A21" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="82" t="s">
+        <v>176</v>
+      </c>
+      <c r="C21" s="81" t="s">
+        <v>225</v>
+      </c>
+      <c r="D21" s="81">
+        <v>45967</v>
+      </c>
+      <c r="E21" s="84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" s="83">
+        <v>-490.26</v>
+      </c>
+      <c r="G21" s="81">
+        <v>45971</v>
+      </c>
+      <c r="H21" s="81">
+        <v>45972</v>
+      </c>
+      <c r="I21" s="83">
+        <v>-490.26</v>
+      </c>
+      <c r="J21" s="76"/>
+    </row>
+    <row r="22" spans="1:10" ht="15.75">
+      <c r="A22" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="82"/>
+      <c r="C22" s="81" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" s="81" t="s">
+        <v>367</v>
+      </c>
+      <c r="E22" s="81" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" s="83">
+        <v>-1623.74</v>
+      </c>
+      <c r="G22" s="81">
+        <v>45980</v>
+      </c>
+      <c r="H22" s="81">
+        <v>45973</v>
+      </c>
+      <c r="I22" s="83">
+        <v>-1623.74</v>
+      </c>
+      <c r="J22" s="76"/>
+    </row>
+    <row r="23" spans="1:10" ht="15.75">
+      <c r="A23" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="82" t="s">
+        <v>368</v>
+      </c>
+      <c r="C23" s="81" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" s="81">
+        <v>45959</v>
+      </c>
+      <c r="E23" s="81" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" s="83">
+        <v>-101.84</v>
+      </c>
+      <c r="G23" s="81">
+        <v>45973</v>
+      </c>
+      <c r="H23" s="81">
+        <v>45973</v>
+      </c>
+      <c r="I23" s="83">
+        <v>-101.84</v>
+      </c>
+      <c r="J23" s="76"/>
+    </row>
+    <row r="24" spans="1:10" ht="15.75">
+      <c r="A24" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="82"/>
+      <c r="C24" s="81" t="s">
+        <v>222</v>
+      </c>
+      <c r="D24" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E24" s="84" t="s">
+        <v>223</v>
+      </c>
+      <c r="F24" s="83">
+        <v>-18135.84</v>
+      </c>
+      <c r="G24" s="81">
+        <v>45980</v>
+      </c>
+      <c r="H24" s="81">
+        <v>45973</v>
+      </c>
+      <c r="I24" s="83">
+        <v>-18135.84</v>
+      </c>
+      <c r="J24" s="76"/>
+    </row>
+    <row r="25" spans="1:10" ht="15.75">
+      <c r="A25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" s="82"/>
+      <c r="C25" s="81" t="s">
+        <v>304</v>
+      </c>
+      <c r="D25" s="81">
+        <v>45973</v>
+      </c>
+      <c r="E25" s="81" t="s">
+        <v>305</v>
+      </c>
+      <c r="F25" s="83">
+        <v>-478.24</v>
+      </c>
+      <c r="G25" s="81">
+        <v>45992</v>
+      </c>
+      <c r="H25" s="81">
+        <v>45973</v>
+      </c>
+      <c r="I25" s="83">
+        <v>-478.24</v>
+      </c>
+      <c r="J25" s="76"/>
+    </row>
+    <row r="26" spans="1:10" ht="15.75">
+      <c r="A26" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="C26" s="81" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" s="81">
+        <v>45954</v>
+      </c>
+      <c r="E26" s="81" t="s">
+        <v>131</v>
+      </c>
+      <c r="F26" s="83">
+        <v>-6582.72</v>
+      </c>
+      <c r="G26" s="81">
+        <v>45976</v>
+      </c>
+      <c r="H26" s="81">
+        <v>45975</v>
+      </c>
+      <c r="I26" s="83">
+        <v>-6582.72</v>
+      </c>
+      <c r="J26" s="76"/>
+    </row>
+    <row r="27" spans="1:10" ht="15.75">
+      <c r="A27" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" s="82" t="s">
+        <v>370</v>
+      </c>
+      <c r="C27" s="81" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="81">
+        <v>45950</v>
+      </c>
+      <c r="E27" s="81" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" s="83">
+        <v>-11097.36</v>
+      </c>
+      <c r="G27" s="81">
+        <v>45977</v>
+      </c>
+      <c r="H27" s="81">
+        <v>45975</v>
+      </c>
+      <c r="I27" s="83">
+        <v>-11097.36</v>
+      </c>
+      <c r="J27" s="76"/>
+    </row>
+    <row r="28" spans="1:10" ht="15.75">
+      <c r="A28" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="82" t="s">
+        <v>371</v>
+      </c>
+      <c r="C28" s="81" t="s">
+        <v>307</v>
+      </c>
+      <c r="D28" s="81">
+        <v>45953</v>
+      </c>
+      <c r="E28" s="81" t="s">
+        <v>308</v>
+      </c>
+      <c r="F28" s="83">
+        <v>-7698.95</v>
+      </c>
+      <c r="G28" s="81">
+        <v>45975</v>
+      </c>
+      <c r="H28" s="81">
+        <v>45975</v>
+      </c>
+      <c r="I28" s="83">
+        <v>-7698.95</v>
+      </c>
+      <c r="J28" s="76"/>
+    </row>
+    <row r="29" spans="1:10" ht="15.75">
+      <c r="A29" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="82" t="s">
+        <v>372</v>
+      </c>
+      <c r="C29" s="81" t="s">
+        <v>170</v>
+      </c>
+      <c r="D29" s="81">
+        <v>45978</v>
+      </c>
+      <c r="E29" s="81" t="s">
+        <v>131</v>
+      </c>
+      <c r="F29" s="83">
+        <v>-397.1</v>
+      </c>
+      <c r="G29" s="81">
+        <v>45976</v>
+      </c>
+      <c r="H29" s="81">
+        <v>45978</v>
+      </c>
+      <c r="I29" s="83">
+        <v>-397.1</v>
+      </c>
+      <c r="J29" s="76"/>
+    </row>
+    <row r="30" spans="1:10" ht="15.75">
+      <c r="A30" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="82" t="s">
+        <v>373</v>
+      </c>
+      <c r="C30" s="81" t="s">
+        <v>374</v>
+      </c>
+      <c r="D30" s="81">
+        <v>45966</v>
+      </c>
+      <c r="E30" s="81" t="s">
+        <v>375</v>
+      </c>
+      <c r="F30" s="83">
+        <v>-5947</v>
+      </c>
+      <c r="G30" s="81">
+        <v>45982</v>
+      </c>
+      <c r="H30" s="81">
+        <v>45980</v>
+      </c>
+      <c r="I30" s="83">
+        <v>-5947</v>
+      </c>
+      <c r="J30" s="76"/>
+    </row>
+    <row r="31" spans="1:10" ht="15.75">
+      <c r="A31" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="82" t="s">
+        <v>376</v>
+      </c>
+      <c r="C31" s="81" t="s">
+        <v>53</v>
+      </c>
+      <c r="D31" s="81">
+        <v>45943</v>
+      </c>
+      <c r="E31" s="81" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" s="83">
+        <v>-9429.52</v>
+      </c>
+      <c r="G31" s="81">
+        <v>45982</v>
+      </c>
+      <c r="H31" s="81">
+        <v>45980</v>
+      </c>
+      <c r="I31" s="83">
+        <v>-9429.52</v>
+      </c>
+      <c r="J31" s="76"/>
+    </row>
+    <row r="32" spans="1:10" ht="15.75">
+      <c r="A32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="82"/>
+      <c r="C32" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E32" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" s="83">
+        <v>-142518.74</v>
+      </c>
+      <c r="G32" s="81">
+        <v>45980</v>
+      </c>
+      <c r="H32" s="81">
+        <v>45980</v>
+      </c>
+      <c r="I32" s="83">
+        <v>-142518.74</v>
+      </c>
+      <c r="J32" s="76"/>
+    </row>
+    <row r="33" spans="1:10" ht="15.75">
+      <c r="A33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="82"/>
+      <c r="C33" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D33" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E33" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" s="83">
+        <v>-3891.58</v>
+      </c>
+      <c r="G33" s="81">
+        <v>45986</v>
+      </c>
+      <c r="H33" s="81">
+        <v>45986</v>
+      </c>
+      <c r="I33" s="83">
+        <v>-3891.58</v>
+      </c>
+      <c r="J33" s="76"/>
+    </row>
+    <row r="34" spans="1:10" ht="15.75">
+      <c r="A34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="82" t="s">
+        <v>377</v>
+      </c>
+      <c r="C34" s="81" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="81">
+        <v>45986</v>
+      </c>
+      <c r="E34" s="84" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" s="83">
+        <v>-73.88</v>
+      </c>
+      <c r="G34" s="81">
+        <v>45986</v>
+      </c>
+      <c r="H34" s="81">
+        <v>45986</v>
+      </c>
+      <c r="I34" s="83">
+        <v>-73.88</v>
+      </c>
+      <c r="J34" s="76"/>
+    </row>
+    <row r="35" spans="1:10" ht="15.75">
+      <c r="A35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="82"/>
+      <c r="C35" s="81" t="s">
+        <v>222</v>
+      </c>
+      <c r="D35" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E35" s="81" t="s">
+        <v>223</v>
+      </c>
+      <c r="F35" s="83">
+        <v>-599.61</v>
+      </c>
+      <c r="G35" s="81">
+        <v>45986</v>
+      </c>
+      <c r="H35" s="81">
+        <v>45986</v>
+      </c>
+      <c r="I35" s="83">
+        <v>-599.61</v>
+      </c>
+      <c r="J35" s="76"/>
+    </row>
+    <row r="36" spans="1:10" ht="15.75">
+      <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="82"/>
+      <c r="C36" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D36" s="81">
+        <v>45960</v>
+      </c>
+      <c r="E36" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F36" s="83">
+        <v>-30110.28</v>
+      </c>
+      <c r="G36" s="81">
+        <v>45986</v>
+      </c>
+      <c r="H36" s="81">
+        <v>45986</v>
+      </c>
+      <c r="I36" s="83">
+        <v>-30110.28</v>
+      </c>
+      <c r="J36" s="76"/>
+    </row>
+    <row r="37" spans="1:10" ht="15.75">
+      <c r="A37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="82"/>
+      <c r="C37" s="81" t="s">
+        <v>237</v>
+      </c>
+      <c r="D37" s="81">
+        <v>45988</v>
+      </c>
+      <c r="E37" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="F37" s="83">
+        <v>-226158.58</v>
+      </c>
+      <c r="G37" s="81">
+        <v>45988</v>
+      </c>
+      <c r="H37" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I37" s="83">
+        <v>-226158.58</v>
+      </c>
+      <c r="J37" s="76"/>
+    </row>
+    <row r="38" spans="1:10" ht="15.75">
+      <c r="A38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="82" t="s">
+        <v>378</v>
+      </c>
+      <c r="C38" s="81" t="s">
+        <v>345</v>
+      </c>
+      <c r="D38" s="81">
+        <v>45965</v>
+      </c>
+      <c r="E38" s="81" t="s">
+        <v>346</v>
+      </c>
+      <c r="F38" s="83">
+        <v>-1633.16</v>
+      </c>
+      <c r="G38" s="81">
+        <v>45988</v>
+      </c>
+      <c r="H38" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I38" s="83">
+        <v>-1633.16</v>
+      </c>
+      <c r="J38" s="76"/>
+    </row>
+    <row r="39" spans="1:10" ht="15.75">
+      <c r="A39" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="82"/>
+      <c r="C39" s="81" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="81">
+        <v>45988</v>
+      </c>
+      <c r="E39" s="81" t="s">
+        <v>73</v>
+      </c>
+      <c r="F39" s="83">
+        <v>-1512</v>
+      </c>
+      <c r="G39" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H39" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I39" s="85">
+        <v>-1512</v>
+      </c>
+      <c r="J39" s="76"/>
+    </row>
+    <row r="40" spans="1:10" ht="15.75">
+      <c r="A40" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="82"/>
+      <c r="C40" s="81" t="s">
+        <v>264</v>
+      </c>
+      <c r="D40" s="81">
+        <v>45974</v>
+      </c>
+      <c r="E40" s="81" t="s">
+        <v>265</v>
+      </c>
+      <c r="F40" s="83">
+        <v>-1114.51</v>
+      </c>
+      <c r="G40" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H40" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I40" s="83">
+        <v>-1114.51</v>
+      </c>
+      <c r="J40" s="76"/>
+    </row>
+    <row r="41" spans="1:10" ht="15.75">
+      <c r="A41" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="82" t="s">
+        <v>350</v>
+      </c>
+      <c r="C41" s="81" t="s">
+        <v>318</v>
+      </c>
+      <c r="D41" s="81">
+        <v>45940</v>
+      </c>
+      <c r="E41" s="84" t="s">
+        <v>379</v>
+      </c>
+      <c r="F41" s="83">
+        <v>-7668.2</v>
+      </c>
+      <c r="G41" s="81">
+        <v>45988</v>
+      </c>
+      <c r="H41" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I41" s="83">
+        <v>-7668.2</v>
+      </c>
+      <c r="J41" s="76"/>
+    </row>
+    <row r="42" spans="1:10" ht="15.75">
+      <c r="A42" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="82"/>
+      <c r="C42" s="81" t="s">
+        <v>179</v>
+      </c>
+      <c r="D42" s="81">
+        <v>45988</v>
+      </c>
+      <c r="E42" s="81" t="s">
+        <v>180</v>
+      </c>
+      <c r="F42" s="83">
+        <v>-20.059999999999999</v>
+      </c>
+      <c r="G42" s="81">
+        <v>45988</v>
+      </c>
+      <c r="H42" s="81">
+        <v>45988</v>
+      </c>
+      <c r="I42" s="85">
+        <v>-20.059999999999999</v>
+      </c>
+      <c r="J42" s="76"/>
+    </row>
+    <row r="43" spans="1:10" ht="15.75">
+      <c r="A43" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="82">
+        <v>31</v>
+      </c>
+      <c r="C43" s="81" t="s">
+        <v>226</v>
+      </c>
+      <c r="D43" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E43" s="81" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="83">
+        <v>-2650</v>
+      </c>
+      <c r="G43" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H43" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I43" s="83">
+        <v>-2650</v>
+      </c>
+      <c r="J43" s="76"/>
+    </row>
+    <row r="44" spans="1:10" ht="15.75">
+      <c r="A44" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B44" s="82"/>
+      <c r="C44" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D44" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E44" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F44" s="83">
+        <v>-610.79999999999995</v>
+      </c>
+      <c r="G44" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H44" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I44" s="83">
+        <v>-610.79999999999995</v>
+      </c>
+      <c r="J44" s="76"/>
+    </row>
+    <row r="45" spans="1:10" ht="15.75">
+      <c r="A45" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" s="82">
+        <v>1</v>
+      </c>
+      <c r="C45" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="D45" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E45" s="81" t="s">
+        <v>195</v>
+      </c>
+      <c r="F45" s="83">
+        <v>-2700</v>
+      </c>
+      <c r="G45" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H45" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I45" s="83">
+        <v>-2700</v>
+      </c>
+      <c r="J45" s="76"/>
+    </row>
+    <row r="46" spans="1:10" ht="15.75">
+      <c r="A46" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="82"/>
+      <c r="C46" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D46" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E46" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F46" s="83">
+        <v>-15056.8</v>
+      </c>
+      <c r="G46" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H46" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I46" s="83">
+        <v>-15056.8</v>
+      </c>
+      <c r="J46" s="76"/>
+    </row>
+    <row r="47" spans="1:10" ht="15.75">
+      <c r="A47" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="82" t="s">
+        <v>357</v>
+      </c>
+      <c r="C47" s="81" t="s">
+        <v>227</v>
+      </c>
+      <c r="D47" s="81">
+        <v>45985</v>
+      </c>
+      <c r="E47" s="81" t="s">
+        <v>93</v>
+      </c>
+      <c r="F47" s="83">
+        <v>-2955</v>
+      </c>
+      <c r="G47" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H47" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I47" s="83">
+        <v>-2955</v>
+      </c>
+      <c r="J47" s="76"/>
+    </row>
+    <row r="48" spans="1:10" ht="15.75">
+      <c r="A48" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="82">
+        <v>4</v>
+      </c>
+      <c r="C48" s="81" t="s">
+        <v>312</v>
+      </c>
+      <c r="D48" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E48" s="84" t="s">
+        <v>313</v>
+      </c>
+      <c r="F48" s="83">
+        <v>-2200</v>
+      </c>
+      <c r="G48" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H48" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I48" s="83">
+        <v>-2200</v>
+      </c>
+      <c r="J48" s="76"/>
+    </row>
+    <row r="49" spans="1:10" ht="15.75">
+      <c r="A49" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="82"/>
+      <c r="C49" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E49" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F49" s="83">
+        <v>-11988.98</v>
+      </c>
+      <c r="G49" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H49" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I49" s="83">
+        <v>-11988.98</v>
+      </c>
+      <c r="J49" s="76"/>
+    </row>
+    <row r="50" spans="1:10" ht="15.75">
+      <c r="A50" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="82"/>
+      <c r="C50" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E50" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F50" s="83">
+        <v>-2075.61</v>
+      </c>
+      <c r="G50" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H50" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I50" s="83">
+        <v>-2075.61</v>
+      </c>
+      <c r="J50" s="76"/>
+    </row>
+    <row r="51" spans="1:10" ht="15.75">
+      <c r="A51" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="82"/>
+      <c r="C51" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E51" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F51" s="83">
+        <v>-5686.55</v>
+      </c>
+      <c r="G51" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H51" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I51" s="83">
+        <v>-5686.55</v>
+      </c>
+      <c r="J51" s="76"/>
+    </row>
+    <row r="52" spans="1:10" ht="16.5" thickBot="1">
+      <c r="A52" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="82"/>
+      <c r="C52" s="81" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" s="81">
+        <v>45989</v>
+      </c>
+      <c r="E52" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F52" s="83">
+        <v>-7926.53</v>
+      </c>
+      <c r="G52" s="81">
+        <v>45989</v>
+      </c>
+      <c r="H52" s="81">
+        <v>45989</v>
+      </c>
+      <c r="I52" s="87">
+        <v>-7926.53</v>
+      </c>
+      <c r="J52" s="76"/>
+    </row>
+    <row r="53" spans="1:10" ht="16.5" thickBot="1">
+      <c r="A53" s="28"/>
+      <c r="B53" s="82"/>
+      <c r="C53" s="81"/>
+      <c r="D53" s="81"/>
+      <c r="E53" s="84"/>
+      <c r="F53" s="83"/>
+      <c r="G53" s="81"/>
+      <c r="H53" s="86"/>
+      <c r="I53" s="88">
+        <f>SUM(I2:I52)</f>
+        <v>-670275.80000000005</v>
+      </c>
+      <c r="J53" s="76"/>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="30"/>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="30"/>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="30"/>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="30"/>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="30"/>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="30"/>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="30"/>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="30"/>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="30"/>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="30"/>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="30"/>
+    </row>
+    <row r="65" spans="1:1">
+      <c r="A65" s="30"/>
+    </row>
+    <row r="66" spans="1:1">
+      <c r="A66" s="30"/>
+    </row>
+    <row r="67" spans="1:1">
+      <c r="A67" s="30"/>
+    </row>
+    <row r="68" spans="1:1">
+      <c r="A68" s="30"/>
+    </row>
+    <row r="69" spans="1:1">
+      <c r="A69" s="30"/>
+    </row>
+    <row r="70" spans="1:1">
+      <c r="A70" s="30"/>
+    </row>
+    <row r="71" spans="1:1">
+      <c r="A71" s="30"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="D1:I52" xr:uid="{F3AF4CC5-32D2-49F7-8ECF-996F45183052}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D2:I52">
+      <sortCondition ref="H1:H52"/>
+    </sortState>
+  </autoFilter>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6389AED-38F9-49B9-AC88-B6EDC5BC6BAD}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J148"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A76" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection sqref="A1:I100"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="94.5703125" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
+    <col min="5" max="5" width="22" style="23" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="56" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" customWidth="1"/>
+    <col min="9" max="9" width="21.5703125" style="56" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="63" customFormat="1" ht="25.5">
+      <c r="A1" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="70" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="14" customFormat="1">
+      <c r="A2" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="D2" s="7">
+        <v>45987</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>381</v>
+      </c>
+      <c r="F2" s="65">
+        <v>-6081.07</v>
+      </c>
+      <c r="G2" s="7">
+        <v>45993</v>
+      </c>
+      <c r="H2" s="7">
+        <v>45993</v>
+      </c>
+      <c r="I2" s="65">
+        <v>-6081.07</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" s="14" customFormat="1">
+      <c r="A3" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" s="9">
+        <v>1029</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D3" s="7">
+        <v>45975</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="G3" s="7">
+        <v>45991</v>
+      </c>
+      <c r="H3" s="7">
+        <v>45993</v>
+      </c>
+      <c r="I3" s="65">
+        <v>-49755.5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="14" customFormat="1" ht="15.75">
+      <c r="A4" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" s="9"/>
+      <c r="C4" s="81" t="s">
+        <v>237</v>
+      </c>
+      <c r="D4" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E4" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" s="65">
+        <v>-3000</v>
+      </c>
+      <c r="G4" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H4" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I4" s="65">
+        <v>-3000</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="14" customFormat="1">
+      <c r="A5" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" s="9"/>
+      <c r="C5" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D5" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F5" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G5" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H5" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I5" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="14" customFormat="1">
+      <c r="A6" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" s="9"/>
+      <c r="C6" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D6" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F6" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G6" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H6" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I6" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="14" customFormat="1">
+      <c r="A7" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="9"/>
+      <c r="C7" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D7" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="F7" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H7" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I7" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="14" customFormat="1">
+      <c r="A8" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="9"/>
+      <c r="C8" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="F8" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G8" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H8" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I8" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="14" customFormat="1">
+      <c r="A9" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" s="9"/>
+      <c r="C9" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" s="65">
+        <v>-60.5</v>
+      </c>
+      <c r="G9" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H9" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I9" s="65">
+        <v>-60.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="14" customFormat="1">
+      <c r="A10" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="65">
+        <v>-89.42</v>
+      </c>
+      <c r="G10" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H10" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I10" s="65">
+        <v>-89.42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="14" customFormat="1">
+      <c r="A11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="F11" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G11" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H11" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I11" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="14" customFormat="1">
+      <c r="A12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="9"/>
+      <c r="C12" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="F12" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H12" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I12" s="71">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="14" customFormat="1">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="9"/>
+      <c r="C13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H13" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I13" s="71">
+        <v>-597.20000000000005</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="14" customFormat="1">
+      <c r="A14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="9"/>
+      <c r="C14" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F14" s="65">
+        <v>-1520.6</v>
+      </c>
+      <c r="G14" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H14" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I14" s="65">
+        <v>-1520.6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="14" customFormat="1">
+      <c r="A15" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="F15" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H15" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I15" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="14" customFormat="1">
+      <c r="A16" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D16" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="65">
+        <v>-825.57</v>
+      </c>
+      <c r="G16" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H16" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I16" s="65">
+        <v>-825.57</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="9"/>
+      <c r="C17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="65">
+        <v>-31586.42</v>
+      </c>
+      <c r="G17" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H17" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I17" s="71">
+        <v>-31586.42</v>
+      </c>
+      <c r="J17" s="14"/>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F18" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="G18" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H18" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I18" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="J18" s="14"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="F19" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H19" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I19" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="J19" s="14"/>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="9"/>
+      <c r="C20" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D20" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="65">
+        <v>-100</v>
+      </c>
+      <c r="G20" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H20" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I20" s="65">
+        <v>-100</v>
+      </c>
+      <c r="J20" s="14"/>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="9"/>
+      <c r="C21" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D21" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" s="65">
+        <v>-18315.91</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H21" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I21" s="65">
+        <v>-18315.91</v>
+      </c>
+      <c r="J21" s="14"/>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="F22" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G22" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H22" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I22" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="J22" s="14"/>
+    </row>
+    <row r="23" spans="1:10" ht="15.75">
+      <c r="A23" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D23" s="7">
+        <v>45980</v>
+      </c>
+      <c r="E23" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="F23" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G23" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H23" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I23" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="J23" s="14"/>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>383</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="7">
+        <v>45967</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" s="65">
+        <v>-1751.01</v>
+      </c>
+      <c r="G24" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H24" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I24" s="65">
+        <v>-1751.01</v>
+      </c>
+      <c r="J24" s="14"/>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" s="9"/>
+      <c r="C25" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F25" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="G25" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H25" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I25" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="J25" s="14"/>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="9"/>
+      <c r="C26" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F26" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G26" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H26" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I26" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="J26" s="14"/>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>384</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="D27" s="7">
+        <v>45979</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>386</v>
+      </c>
+      <c r="F27" s="65">
+        <v>-3452.8</v>
+      </c>
+      <c r="G27" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H27" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I27" s="65">
+        <v>-3452.8</v>
+      </c>
+      <c r="J27" s="14"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="7">
+        <v>45994</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="F28" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G28" s="7">
+        <v>45994</v>
+      </c>
+      <c r="H28" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I28" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="J28" s="14"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="9"/>
+      <c r="C29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="65">
+        <v>-55.68</v>
+      </c>
+      <c r="G29" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H29" s="7">
+        <v>45994</v>
+      </c>
+      <c r="I29" s="65">
+        <v>-55.68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="9"/>
+      <c r="C30" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="7">
+        <v>45992</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F30" s="65">
+        <v>-206</v>
+      </c>
+      <c r="G30" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H30" s="7">
+        <v>45995</v>
+      </c>
+      <c r="I30" s="71">
+        <v>-206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D31" s="7">
+        <v>45995</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" s="65">
+        <v>-6331.83</v>
+      </c>
+      <c r="G31" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H31" s="7">
+        <v>45996</v>
+      </c>
+      <c r="I31" s="65">
+        <v>-6331.83</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D32" s="7">
+        <v>45995</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" s="65">
+        <v>-5688.12</v>
+      </c>
+      <c r="G32" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H32" s="7">
+        <v>45996</v>
+      </c>
+      <c r="I32" s="65">
+        <v>-5688.12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D33" s="7">
+        <v>45995</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F33" s="65">
+        <v>-6189.63</v>
+      </c>
+      <c r="G33" s="7">
+        <v>45996</v>
+      </c>
+      <c r="H33" s="7">
+        <v>45996</v>
+      </c>
+      <c r="I33" s="65">
+        <v>-6189.63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="7">
+        <v>46000</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F34" s="65">
+        <v>-13813.83</v>
+      </c>
+      <c r="G34" s="7">
+        <v>46000</v>
+      </c>
+      <c r="H34" s="7">
+        <v>46000</v>
+      </c>
+      <c r="I34" s="65">
+        <v>-13813.83</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" s="7">
+        <v>46000</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F35" s="65">
+        <v>-7105.82</v>
+      </c>
+      <c r="G35" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H35" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I35" s="65">
+        <v>-7105.82</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D36" s="7">
+        <v>46000</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F36" s="65">
+        <v>-139.5</v>
+      </c>
+      <c r="G36" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H36" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I36" s="65">
+        <v>-139.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="D37" s="7">
+        <v>46000</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="F37" s="65">
+        <v>-3104.19</v>
+      </c>
+      <c r="G37" s="7">
+        <v>46003</v>
+      </c>
+      <c r="H37" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I37" s="65">
+        <v>-3104.19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>388</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="7">
+        <v>45980</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F38" s="65">
+        <v>-11097.36</v>
+      </c>
+      <c r="G38" s="7">
+        <v>46002</v>
+      </c>
+      <c r="H38" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I38" s="65">
+        <v>-11097.36</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" s="7">
+        <v>45993</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F39" s="65">
+        <v>-122</v>
+      </c>
+      <c r="G39" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H39" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I39" s="65">
+        <v>-122</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>389</v>
+      </c>
+      <c r="D40" s="7">
+        <v>45973</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="F40" s="65">
+        <v>-5683.42</v>
+      </c>
+      <c r="G40" s="7">
+        <v>45997</v>
+      </c>
+      <c r="H40" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I40" s="65">
+        <v>-5683.42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>391</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D41" s="7">
+        <v>45978</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="F41" s="65">
+        <v>-6900</v>
+      </c>
+      <c r="G41" s="7">
+        <v>45997</v>
+      </c>
+      <c r="H41" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I41" s="65">
+        <v>-6900</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" s="7">
+        <v>45986</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" s="65">
+        <v>-778.17</v>
+      </c>
+      <c r="G42" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H42" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I42" s="65">
+        <v>-778.17</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" s="7">
+        <v>45996</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43" s="65">
+        <v>-1623.74</v>
+      </c>
+      <c r="G43" s="7">
+        <v>46010</v>
+      </c>
+      <c r="H43" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I43" s="65">
+        <v>-1623.74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D44" s="7">
+        <v>46001</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" s="65">
+        <v>-87.35</v>
+      </c>
+      <c r="G44" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H44" s="7">
+        <v>46001</v>
+      </c>
+      <c r="I44" s="65">
+        <v>-87.35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D45" s="7">
+        <v>46002</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="F45" s="65">
+        <v>-20565.849999999999</v>
+      </c>
+      <c r="G45" s="7">
+        <v>46002</v>
+      </c>
+      <c r="H45" s="7">
+        <v>46002</v>
+      </c>
+      <c r="I45" s="65">
+        <v>-20565.849999999999</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D46" s="7">
+        <v>46001</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="F46" s="65">
+        <v>-182.16</v>
+      </c>
+      <c r="G46" s="7">
+        <v>46002</v>
+      </c>
+      <c r="H46" s="7">
+        <v>46002</v>
+      </c>
+      <c r="I46" s="65">
+        <v>-182.16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="9">
+        <v>4467</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="D47" s="7">
+        <v>46003</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="F47" s="65">
+        <v>-536.41999999999996</v>
+      </c>
+      <c r="G47" s="7">
+        <v>46003</v>
+      </c>
+      <c r="H47" s="7">
+        <v>46003</v>
+      </c>
+      <c r="I47" s="65">
+        <v>-536.41999999999996</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>394</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D48" s="7">
+        <v>46002</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" s="65">
+        <v>-491.31</v>
+      </c>
+      <c r="G48" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H48" s="7">
+        <v>46003</v>
+      </c>
+      <c r="I48" s="65">
+        <v>-491.31</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="9"/>
+      <c r="C49" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D49" s="7">
+        <v>46003</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F49" s="65">
+        <v>-99.99</v>
+      </c>
+      <c r="G49" s="7">
+        <v>46003</v>
+      </c>
+      <c r="H49" s="7">
+        <v>46003</v>
+      </c>
+      <c r="I49" s="65">
+        <v>-99.99</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>395</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="D50" s="7">
+        <v>45980</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F50" s="65">
+        <v>-4490.5200000000004</v>
+      </c>
+      <c r="G50" s="7">
+        <v>46001</v>
+      </c>
+      <c r="H50" s="7">
+        <v>46003</v>
+      </c>
+      <c r="I50" s="65">
+        <v>-4490.5200000000004</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="9">
+        <v>3241743</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" s="7">
+        <v>46006</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F51" s="65">
+        <v>-2792.57</v>
+      </c>
+      <c r="G51" s="7">
+        <v>46006</v>
+      </c>
+      <c r="H51" s="7">
+        <v>46006</v>
+      </c>
+      <c r="I51" s="65">
+        <v>-2792.57</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15.75">
+      <c r="A52" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="9"/>
+      <c r="C52" s="81" t="s">
+        <v>237</v>
+      </c>
+      <c r="D52" s="7">
+        <v>46008</v>
+      </c>
+      <c r="E52" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="F52" s="65">
+        <v>-75000</v>
+      </c>
+      <c r="G52" s="7">
+        <v>46008</v>
+      </c>
+      <c r="H52" s="7">
+        <v>46008</v>
+      </c>
+      <c r="I52" s="65">
+        <v>-75000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D53" s="7">
+        <v>45974</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F53" s="65">
+        <v>-8993.9</v>
+      </c>
+      <c r="G53" s="7">
+        <v>46012</v>
+      </c>
+      <c r="H53" s="7">
+        <v>46010</v>
+      </c>
+      <c r="I53" s="65">
+        <v>-8993.9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B54" s="9">
+        <v>833</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="D54" s="7">
+        <v>46010</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="F54" s="65">
+        <v>-89592.12</v>
+      </c>
+      <c r="G54" s="7">
+        <v>46010</v>
+      </c>
+      <c r="H54" s="7">
+        <v>46010</v>
+      </c>
+      <c r="I54" s="65">
+        <v>-89592.12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B55" s="9">
+        <v>4098</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="D55" s="7">
+        <v>46010</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="F55" s="65">
+        <v>-682.37</v>
+      </c>
+      <c r="G55" s="7">
+        <v>46010</v>
+      </c>
+      <c r="H55" s="7">
+        <v>46010</v>
+      </c>
+      <c r="I55" s="65">
+        <v>-682.37</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15.75">
+      <c r="A56" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D56" s="7">
+        <v>46007</v>
+      </c>
+      <c r="E56" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F56" s="65">
+        <v>-74345.06</v>
+      </c>
+      <c r="G56" s="7">
+        <v>46010</v>
+      </c>
+      <c r="H56" s="7">
+        <v>46010</v>
+      </c>
+      <c r="I56" s="65">
+        <v>-74345.06</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B57" s="9" t="s">
+        <v>396</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D57" s="7">
+        <v>45986</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F57" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="G57" s="7">
+        <v>46012</v>
+      </c>
+      <c r="H57" s="7">
+        <v>46013</v>
+      </c>
+      <c r="I57" s="65">
+        <v>-49755.5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" s="9"/>
+      <c r="C58" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D58" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="F58" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G58" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H58" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I58" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B59" s="9"/>
+      <c r="C59" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D59" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F59" s="65">
+        <v>-1520.6</v>
+      </c>
+      <c r="G59" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H59" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I59" s="65">
+        <v>-1520.6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B60" s="9">
+        <v>69</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="D60" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>398</v>
+      </c>
+      <c r="F60" s="65">
+        <v>-6800</v>
+      </c>
+      <c r="G60" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H60" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I60" s="65">
+        <v>-6800</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B61" s="9">
+        <v>990</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="D61" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="F61" s="65">
+        <v>-5947</v>
+      </c>
+      <c r="G61" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H61" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I61" s="71">
+        <v>-5947</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D62" s="7">
+        <v>45993</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F62" s="65">
+        <v>-122</v>
+      </c>
+      <c r="G62" s="7">
+        <v>46013</v>
+      </c>
+      <c r="H62" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I62" s="71">
+        <v>-122</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15.75">
+      <c r="A63" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D63" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E63" s="81" t="s">
+        <v>195</v>
+      </c>
+      <c r="F63" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G63" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H63" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I63" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D64" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F64" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G64" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H64" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I64" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D65" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="F65" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G65" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H65" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I65" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15.75">
+      <c r="A66" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B66" s="9"/>
+      <c r="C66" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D66" s="7">
+        <v>46013</v>
+      </c>
+      <c r="E66" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" s="65">
+        <v>-23308.57</v>
+      </c>
+      <c r="G66" s="7">
+        <v>46015</v>
+      </c>
+      <c r="H66" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I66" s="65">
+        <v>-23308.57</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>399</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D67" s="7">
+        <v>45993</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="F67" s="65">
+        <v>-611</v>
+      </c>
+      <c r="G67" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H67" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I67" s="65">
+        <v>-611</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B68" s="9"/>
+      <c r="C68" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D68" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F68" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G68" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H68" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I68" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B69" s="9"/>
+      <c r="C69" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D69" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F69" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="G69" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H69" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I69" s="65">
+        <v>-2052.46</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B70" s="9"/>
+      <c r="C70" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D70" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F70" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G70" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H70" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I70" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B71" s="9">
+        <v>1402</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="D71" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" s="65">
+        <v>-156</v>
+      </c>
+      <c r="G71" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H71" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I71" s="65">
+        <v>-156</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B72" s="9"/>
+      <c r="C72" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D72" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="F72" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G72" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H72" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I72" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B73" s="9">
+        <v>12</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="D73" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="F73" s="65">
+        <v>-1633.16</v>
+      </c>
+      <c r="G73" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H73" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I73" s="65">
+        <v>-1633.16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B74" s="9"/>
+      <c r="C74" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D74" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="F74" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G74" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H74" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I74" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B75" s="9"/>
+      <c r="C75" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D75" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F75" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="G75" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H75" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I75" s="65">
+        <v>-799.67</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B76" s="9"/>
+      <c r="C76" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D76" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F76" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G76" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H76" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I76" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B77" s="9"/>
+      <c r="C77" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D77" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F77" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G77" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H77" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I77" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B78" s="9" t="s">
+        <v>400</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="D78" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F78" s="65">
+        <v>-2496</v>
+      </c>
+      <c r="G78" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H78" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I78" s="65">
+        <v>-2496</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" s="9"/>
+      <c r="C79" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D79" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F79" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G79" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H79" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I79" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15.75">
+      <c r="A80" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B80" s="9"/>
+      <c r="C80" s="81" t="s">
+        <v>237</v>
+      </c>
+      <c r="D80" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E80" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="F80" s="65">
+        <v>-230000</v>
+      </c>
+      <c r="G80" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H80" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I80" s="65">
+        <v>-230000</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B81" s="9"/>
+      <c r="C81" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D81" s="7">
+        <v>45996</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F81" s="65">
+        <v>-478.24</v>
+      </c>
+      <c r="G81" s="7">
+        <v>46016</v>
+      </c>
+      <c r="H81" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I81" s="65">
+        <v>-478.24</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B82" s="9"/>
+      <c r="C82" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D82" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F82" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G82" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H82" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I82" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B83" s="9">
+        <v>1691</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="D83" s="7">
+        <v>46014</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="F83" s="65">
+        <v>-150</v>
+      </c>
+      <c r="G83" s="7">
+        <v>46014</v>
+      </c>
+      <c r="H83" s="7">
+        <v>46014</v>
+      </c>
+      <c r="I83" s="65">
+        <v>-150</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15.75">
+      <c r="A84" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B84" s="9"/>
+      <c r="C84" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D84" s="7">
+        <v>46015</v>
+      </c>
+      <c r="E84" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F84" s="65">
+        <v>-146593.72</v>
+      </c>
+      <c r="G84" s="7">
+        <v>46015</v>
+      </c>
+      <c r="H84" s="7">
+        <v>46015</v>
+      </c>
+      <c r="I84" s="65">
+        <v>-146593.72</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B85" s="9">
+        <v>175</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="D85" s="7">
+        <v>46017</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="F85" s="65">
+        <v>-1241.3</v>
+      </c>
+      <c r="G85" s="7">
+        <v>46017</v>
+      </c>
+      <c r="H85" s="7">
+        <v>46017</v>
+      </c>
+      <c r="I85" s="65">
+        <v>-1241.3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B86" s="9"/>
+      <c r="C86" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D86" s="7">
+        <v>46003</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F86" s="65">
+        <v>-1114.51</v>
+      </c>
+      <c r="G86" s="7">
+        <v>46017</v>
+      </c>
+      <c r="H86" s="7">
+        <v>46017</v>
+      </c>
+      <c r="I86" s="65">
+        <v>-1114.51</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B87" s="9"/>
+      <c r="C87" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D87" s="7">
+        <v>46017</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F87" s="65">
+        <v>-1701</v>
+      </c>
+      <c r="G87" s="7">
+        <v>46017</v>
+      </c>
+      <c r="H87" s="7">
+        <v>46017</v>
+      </c>
+      <c r="I87" s="65">
+        <v>-1701</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B88" s="9">
+        <v>31</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D88" s="7">
+        <v>46013</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F88" s="65">
+        <v>-2955</v>
+      </c>
+      <c r="G88" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H88" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I88" s="65">
+        <v>-2955</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15.75">
+      <c r="A89" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B89" s="9"/>
+      <c r="C89" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D89" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E89" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F89" s="65">
+        <v>-12103.22</v>
+      </c>
+      <c r="G89" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H89" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I89" s="65">
+        <v>-12103.22</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15.75">
+      <c r="A90" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B90" s="9"/>
+      <c r="C90" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D90" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E90" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F90" s="65">
+        <v>-5736.69</v>
+      </c>
+      <c r="G90" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H90" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I90" s="65">
+        <v>-5736.69</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15.75">
+      <c r="A91" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B91" s="9"/>
+      <c r="C91" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D91" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E91" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F91" s="65">
+        <v>-2095.7600000000002</v>
+      </c>
+      <c r="G91" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H91" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I91" s="65">
+        <v>-2095.7600000000002</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15.75">
+      <c r="A92" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B92" s="9"/>
+      <c r="C92" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D92" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E92" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F92" s="65">
+        <v>-616.42999999999995</v>
+      </c>
+      <c r="G92" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H92" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I92" s="65">
+        <v>-616.42999999999995</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15.75">
+      <c r="A93" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B93" s="9"/>
+      <c r="C93" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D93" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E93" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F93" s="65">
+        <v>-7998.47</v>
+      </c>
+      <c r="G93" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H93" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I93" s="65">
+        <v>-7998.47</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B94" s="9">
+        <v>1</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="D94" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="F94" s="65">
+        <v>-2700</v>
+      </c>
+      <c r="G94" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H94" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I94" s="65">
+        <v>-2700</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B95" s="9">
+        <v>4</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D95" s="7">
+        <v>45979</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="F95" s="65">
+        <v>-2200</v>
+      </c>
+      <c r="G95" s="7">
+        <v>45997</v>
+      </c>
+      <c r="H95" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I95" s="65">
+        <v>-2200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B96" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D96" s="7">
+        <v>46010</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F96" s="65">
+        <v>-2650</v>
+      </c>
+      <c r="G96" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H96" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I96" s="65">
+        <v>-2650</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="9"/>
+      <c r="C97" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D97" s="7">
+        <v>45965</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F97" s="65">
+        <v>-20.059999999999999</v>
+      </c>
+      <c r="G97" s="7">
+        <v>45991</v>
+      </c>
+      <c r="H97" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I97" s="65">
+        <v>-20.059999999999999</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15.75">
+      <c r="A98" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B98" s="9"/>
+      <c r="C98" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D98" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E98" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F98" s="65">
+        <v>-15188.57</v>
+      </c>
+      <c r="G98" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H98" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I98" s="65">
+        <v>-15188.57</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15.75" thickBot="1">
+      <c r="A99" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B99" s="9"/>
+      <c r="C99" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D99" s="7">
+        <v>46021</v>
+      </c>
+      <c r="E99" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F99" s="65">
+        <v>-1623.74</v>
+      </c>
+      <c r="G99" s="7">
+        <v>46021</v>
+      </c>
+      <c r="H99" s="7">
+        <v>46021</v>
+      </c>
+      <c r="I99" s="67">
+        <v>-1623.74</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15.75" thickBot="1">
+      <c r="B100" s="43"/>
+      <c r="C100" s="44"/>
+      <c r="D100" s="44"/>
+      <c r="E100" s="44"/>
+      <c r="F100" s="74"/>
+      <c r="G100" s="44"/>
+      <c r="H100" s="44"/>
+      <c r="I100" s="69">
+        <f>SUM(I2:I99)</f>
+        <v>-1043032.3</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="B101" s="43"/>
+      <c r="C101" s="44"/>
+      <c r="D101" s="44"/>
+      <c r="E101" s="44"/>
+      <c r="F101" s="74"/>
+      <c r="G101" s="44"/>
+      <c r="H101" s="44"/>
+      <c r="I101" s="44"/>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="B102" s="43"/>
+      <c r="C102" s="44"/>
+      <c r="D102" s="44"/>
+      <c r="E102" s="44"/>
+      <c r="F102" s="74"/>
+      <c r="G102" s="44"/>
+      <c r="H102" s="44"/>
+      <c r="I102" s="44"/>
+    </row>
+    <row r="103" spans="1:9">
+      <c r="B103" s="43"/>
+      <c r="C103" s="44"/>
+      <c r="D103" s="44"/>
+      <c r="E103" s="44"/>
+      <c r="F103" s="74"/>
+      <c r="G103" s="44"/>
+      <c r="H103" s="44"/>
+      <c r="I103" s="44"/>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="B104" s="43"/>
+      <c r="C104" s="44"/>
+      <c r="D104" s="44"/>
+      <c r="E104" s="44"/>
+      <c r="F104" s="74"/>
+      <c r="G104" s="44"/>
+      <c r="H104" s="44"/>
+      <c r="I104" s="44"/>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="B105" s="43"/>
+      <c r="C105" s="44"/>
+      <c r="D105" s="44"/>
+      <c r="E105" s="44"/>
+      <c r="F105" s="74"/>
+      <c r="G105" s="44"/>
+      <c r="H105" s="44"/>
+      <c r="I105" s="44"/>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="B106" s="43"/>
+      <c r="C106" s="44"/>
+      <c r="D106" s="44"/>
+      <c r="E106" s="44"/>
+      <c r="F106" s="74"/>
+      <c r="G106" s="44"/>
+      <c r="H106" s="44"/>
+      <c r="I106" s="44"/>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="B107" s="43"/>
+      <c r="C107" s="44"/>
+      <c r="D107" s="44"/>
+      <c r="E107" s="44"/>
+      <c r="F107" s="74"/>
+      <c r="G107" s="44"/>
+      <c r="H107" s="44"/>
+      <c r="I107" s="44"/>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="B108" s="43"/>
+      <c r="C108" s="44"/>
+      <c r="D108" s="44"/>
+      <c r="E108" s="44"/>
+      <c r="F108" s="74"/>
+      <c r="G108" s="44"/>
+      <c r="H108" s="44"/>
+      <c r="I108" s="44"/>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="B109" s="43"/>
+      <c r="C109" s="44"/>
+      <c r="D109" s="44"/>
+      <c r="E109" s="44"/>
+      <c r="F109" s="74"/>
+      <c r="G109" s="44"/>
+      <c r="H109" s="44"/>
+      <c r="I109" s="44"/>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="B110" s="43"/>
+      <c r="C110" s="44"/>
+      <c r="D110" s="44"/>
+      <c r="E110" s="44"/>
+      <c r="F110" s="74"/>
+      <c r="G110" s="44"/>
+      <c r="H110" s="44"/>
+      <c r="I110" s="44"/>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="B111" s="43"/>
+      <c r="C111" s="44"/>
+      <c r="D111" s="44"/>
+      <c r="E111" s="44"/>
+      <c r="F111" s="74"/>
+      <c r="G111" s="44"/>
+      <c r="H111" s="44"/>
+      <c r="I111" s="44"/>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="B112" s="43"/>
+      <c r="C112" s="44"/>
+      <c r="D112" s="44"/>
+      <c r="E112" s="44"/>
+      <c r="F112" s="74"/>
+      <c r="G112" s="44"/>
+      <c r="H112" s="44"/>
+      <c r="I112" s="44"/>
+    </row>
+    <row r="113" spans="2:9">
+      <c r="B113" s="43"/>
+      <c r="C113" s="44"/>
+      <c r="D113" s="44"/>
+      <c r="E113" s="44"/>
+      <c r="F113" s="74"/>
+      <c r="G113" s="44"/>
+      <c r="H113" s="44"/>
+      <c r="I113" s="44"/>
+    </row>
+    <row r="114" spans="2:9">
+      <c r="B114" s="43"/>
+      <c r="C114" s="44"/>
+      <c r="D114" s="44"/>
+      <c r="E114" s="44"/>
+      <c r="F114" s="74"/>
+      <c r="G114" s="44"/>
+      <c r="H114" s="44"/>
+      <c r="I114" s="44"/>
+    </row>
+    <row r="115" spans="2:9">
+      <c r="B115" s="43"/>
+      <c r="C115" s="44"/>
+      <c r="D115" s="44"/>
+      <c r="E115" s="44"/>
+      <c r="F115" s="74"/>
+      <c r="G115" s="44"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="44"/>
+    </row>
+    <row r="116" spans="2:9">
+      <c r="B116" s="43"/>
+      <c r="C116" s="44"/>
+      <c r="D116" s="44"/>
+      <c r="E116" s="44"/>
+      <c r="F116" s="74"/>
+      <c r="G116" s="44"/>
+      <c r="H116" s="44"/>
+      <c r="I116" s="44"/>
+    </row>
+    <row r="117" spans="2:9">
+      <c r="B117" s="43"/>
+      <c r="C117" s="44"/>
+      <c r="D117" s="44"/>
+      <c r="E117" s="44"/>
+      <c r="F117" s="74"/>
+      <c r="G117" s="44"/>
+      <c r="H117" s="44"/>
+      <c r="I117" s="44"/>
+    </row>
+    <row r="118" spans="2:9">
+      <c r="B118" s="43"/>
+      <c r="C118" s="44"/>
+      <c r="D118" s="44"/>
+      <c r="E118" s="44"/>
+      <c r="F118" s="74"/>
+      <c r="G118" s="44"/>
+      <c r="H118" s="44"/>
+      <c r="I118" s="44"/>
+    </row>
+    <row r="119" spans="2:9">
+      <c r="B119" s="43"/>
+      <c r="C119" s="44"/>
+      <c r="D119" s="44"/>
+      <c r="E119" s="44"/>
+      <c r="F119" s="74"/>
+      <c r="G119" s="44"/>
+      <c r="H119" s="44"/>
+      <c r="I119" s="44"/>
+    </row>
+    <row r="120" spans="2:9">
+      <c r="B120" s="43"/>
+      <c r="C120" s="44"/>
+      <c r="D120" s="44"/>
+      <c r="E120" s="44"/>
+      <c r="F120" s="74"/>
+      <c r="G120" s="44"/>
+      <c r="H120" s="44"/>
+      <c r="I120" s="44"/>
+    </row>
+    <row r="121" spans="2:9">
+      <c r="B121" s="43"/>
+      <c r="C121" s="44"/>
+      <c r="D121" s="44"/>
+      <c r="E121" s="44"/>
+      <c r="F121" s="74"/>
+      <c r="G121" s="44"/>
+      <c r="H121" s="44"/>
+      <c r="I121" s="44"/>
+    </row>
+    <row r="122" spans="2:9">
+      <c r="B122" s="43"/>
+      <c r="C122" s="44"/>
+      <c r="D122" s="44"/>
+      <c r="E122" s="44"/>
+      <c r="F122" s="74"/>
+      <c r="G122" s="44"/>
+      <c r="H122" s="44"/>
+      <c r="I122" s="44"/>
+    </row>
+    <row r="123" spans="2:9">
+      <c r="B123" s="43"/>
+      <c r="C123" s="44"/>
+      <c r="D123" s="44"/>
+      <c r="E123" s="44"/>
+      <c r="F123" s="74"/>
+      <c r="G123" s="44"/>
+      <c r="H123" s="44"/>
+      <c r="I123" s="44"/>
+    </row>
+    <row r="124" spans="2:9">
+      <c r="B124" s="43"/>
+      <c r="C124" s="44"/>
+      <c r="D124" s="44"/>
+      <c r="E124" s="44"/>
+      <c r="F124" s="74"/>
+      <c r="G124" s="44"/>
+      <c r="H124" s="44"/>
+      <c r="I124" s="44"/>
+    </row>
+    <row r="125" spans="2:9">
+      <c r="B125" s="43"/>
+      <c r="C125" s="44"/>
+      <c r="D125" s="44"/>
+      <c r="E125" s="44"/>
+      <c r="F125" s="74"/>
+      <c r="G125" s="44"/>
+      <c r="H125" s="44"/>
+      <c r="I125" s="44"/>
+    </row>
+    <row r="126" spans="2:9">
+      <c r="B126" s="43"/>
+      <c r="C126" s="44"/>
+      <c r="D126" s="44"/>
+      <c r="E126" s="44"/>
+      <c r="F126" s="74"/>
+      <c r="G126" s="44"/>
+      <c r="H126" s="44"/>
+      <c r="I126" s="44"/>
+    </row>
+    <row r="127" spans="2:9">
+      <c r="B127" s="43"/>
+      <c r="C127" s="44"/>
+      <c r="D127" s="44"/>
+      <c r="E127" s="44"/>
+      <c r="F127" s="74"/>
+      <c r="G127" s="44"/>
+      <c r="H127" s="44"/>
+      <c r="I127" s="44"/>
+    </row>
+    <row r="128" spans="2:9">
+      <c r="B128" s="43"/>
+      <c r="C128" s="44"/>
+      <c r="D128" s="44"/>
+      <c r="E128" s="44"/>
+      <c r="F128" s="74"/>
+      <c r="G128" s="44"/>
+      <c r="H128" s="44"/>
+      <c r="I128" s="44"/>
+    </row>
+    <row r="129" spans="2:9">
+      <c r="B129" s="43"/>
+      <c r="C129" s="44"/>
+      <c r="D129" s="44"/>
+      <c r="E129" s="44"/>
+      <c r="F129" s="74"/>
+      <c r="G129" s="44"/>
+      <c r="H129" s="44"/>
+      <c r="I129" s="44"/>
+    </row>
+    <row r="130" spans="2:9">
+      <c r="B130" s="43"/>
+      <c r="C130" s="44"/>
+      <c r="D130" s="44"/>
+      <c r="E130" s="44"/>
+      <c r="F130" s="74"/>
+      <c r="G130" s="44"/>
+      <c r="H130" s="44"/>
+      <c r="I130" s="44"/>
+    </row>
+    <row r="131" spans="2:9">
+      <c r="B131" s="43"/>
+      <c r="C131" s="44"/>
+      <c r="D131" s="44"/>
+      <c r="E131" s="44"/>
+      <c r="F131" s="74"/>
+      <c r="G131" s="44"/>
+      <c r="H131" s="44"/>
+      <c r="I131" s="44"/>
+    </row>
+    <row r="132" spans="2:9">
+      <c r="B132" s="43"/>
+      <c r="C132" s="44"/>
+      <c r="D132" s="44"/>
+      <c r="E132" s="44"/>
+      <c r="F132" s="74"/>
+      <c r="G132" s="44"/>
+      <c r="H132" s="44"/>
+      <c r="I132" s="44"/>
+    </row>
+    <row r="133" spans="2:9">
+      <c r="B133" s="43"/>
+      <c r="C133" s="44"/>
+      <c r="D133" s="44"/>
+      <c r="E133" s="44"/>
+      <c r="F133" s="74"/>
+      <c r="G133" s="44"/>
+      <c r="H133" s="44"/>
+      <c r="I133" s="44"/>
+    </row>
+    <row r="134" spans="2:9">
+      <c r="B134" s="43"/>
+      <c r="C134" s="44"/>
+      <c r="D134" s="44"/>
+      <c r="E134" s="44"/>
+      <c r="F134" s="74"/>
+      <c r="G134" s="44"/>
+      <c r="H134" s="44"/>
+      <c r="I134" s="44"/>
+    </row>
+    <row r="135" spans="2:9">
+      <c r="B135" s="43"/>
+      <c r="C135" s="44"/>
+      <c r="D135" s="44"/>
+      <c r="E135" s="44"/>
+      <c r="F135" s="74"/>
+      <c r="G135" s="44"/>
+      <c r="H135" s="44"/>
+      <c r="I135" s="44"/>
+    </row>
+    <row r="136" spans="2:9">
+      <c r="B136" s="43"/>
+      <c r="C136" s="44"/>
+      <c r="D136" s="44"/>
+      <c r="E136" s="44"/>
+      <c r="F136" s="74"/>
+      <c r="G136" s="44"/>
+      <c r="H136" s="44"/>
+      <c r="I136" s="44"/>
+    </row>
+    <row r="137" spans="2:9">
+      <c r="B137" s="43"/>
+      <c r="C137" s="44"/>
+      <c r="D137" s="44"/>
+      <c r="E137" s="44"/>
+      <c r="F137" s="74"/>
+      <c r="G137" s="44"/>
+      <c r="H137" s="44"/>
+      <c r="I137" s="44"/>
+    </row>
+    <row r="138" spans="2:9">
+      <c r="B138" s="43"/>
+      <c r="C138" s="44"/>
+      <c r="D138" s="44"/>
+      <c r="E138" s="44"/>
+      <c r="F138" s="74"/>
+      <c r="G138" s="44"/>
+      <c r="H138" s="44"/>
+      <c r="I138" s="44"/>
+    </row>
+    <row r="139" spans="2:9">
+      <c r="B139" s="43"/>
+      <c r="C139" s="44"/>
+      <c r="D139" s="44"/>
+      <c r="E139" s="44"/>
+      <c r="F139" s="74"/>
+      <c r="G139" s="44"/>
+      <c r="H139" s="44"/>
+      <c r="I139" s="44"/>
+    </row>
+    <row r="140" spans="2:9">
+      <c r="B140" s="43"/>
+      <c r="C140" s="44"/>
+      <c r="D140" s="44"/>
+      <c r="E140" s="44"/>
+      <c r="F140" s="74"/>
+      <c r="G140" s="44"/>
+      <c r="H140" s="44"/>
+      <c r="I140" s="44"/>
+    </row>
+    <row r="141" spans="2:9">
+      <c r="B141" s="43"/>
+      <c r="C141" s="44"/>
+      <c r="D141" s="44"/>
+      <c r="E141" s="44"/>
+      <c r="F141" s="74"/>
+      <c r="G141" s="44"/>
+      <c r="H141" s="44"/>
+      <c r="I141" s="44"/>
+    </row>
+    <row r="142" spans="2:9">
+      <c r="B142" s="43"/>
+      <c r="C142" s="44"/>
+      <c r="D142" s="44"/>
+      <c r="E142" s="44"/>
+      <c r="F142" s="74"/>
+      <c r="G142" s="44"/>
+      <c r="H142" s="44"/>
+      <c r="I142" s="44"/>
+    </row>
+    <row r="143" spans="2:9">
+      <c r="B143" s="43"/>
+      <c r="C143" s="44"/>
+      <c r="D143" s="44"/>
+      <c r="E143" s="44"/>
+      <c r="F143" s="74"/>
+      <c r="G143" s="44"/>
+      <c r="H143" s="44"/>
+      <c r="I143" s="44"/>
+    </row>
+    <row r="144" spans="2:9">
+      <c r="B144" s="43"/>
+      <c r="C144" s="44"/>
+      <c r="D144" s="44"/>
+      <c r="E144" s="44"/>
+      <c r="F144" s="74"/>
+      <c r="G144" s="44"/>
+      <c r="H144" s="44"/>
+      <c r="I144" s="44"/>
+    </row>
+    <row r="145" spans="2:9">
+      <c r="B145" s="43"/>
+      <c r="C145" s="44"/>
+      <c r="D145" s="44"/>
+      <c r="E145" s="44"/>
+      <c r="F145" s="74"/>
+      <c r="G145" s="44"/>
+      <c r="H145" s="44"/>
+      <c r="I145" s="44"/>
+    </row>
+    <row r="146" spans="2:9">
+      <c r="B146" s="43"/>
+      <c r="C146" s="44"/>
+      <c r="D146" s="44"/>
+      <c r="E146" s="44"/>
+      <c r="F146" s="74"/>
+      <c r="G146" s="44"/>
+      <c r="H146" s="44"/>
+      <c r="I146" s="44"/>
+    </row>
+    <row r="147" spans="2:9">
+      <c r="B147" s="43"/>
+      <c r="C147" s="44"/>
+      <c r="D147" s="44"/>
+      <c r="E147" s="44"/>
+      <c r="F147" s="74"/>
+      <c r="G147" s="44"/>
+      <c r="H147" s="44"/>
+      <c r="I147" s="44"/>
+    </row>
+    <row r="148" spans="2:9">
+      <c r="B148" s="43"/>
+      <c r="C148" s="44"/>
+      <c r="D148" s="44"/>
+      <c r="E148" s="44"/>
+      <c r="F148" s="74"/>
+      <c r="G148" s="44"/>
+      <c r="H148" s="44"/>
+      <c r="I148" s="44"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="D1:I125" xr:uid="{D37165F4-E936-4B53-99A0-BE9A2A2D5753}"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J125"/>
   <sheetViews>
     <sheetView topLeftCell="A49" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:J70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" customWidth="1"/>
     <col min="3" max="3" width="53.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" style="23" customWidth="1"/>
     <col min="6" max="6" width="15" style="56" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
     <col min="8" max="8" width="13.85546875" customWidth="1"/>
     <col min="9" max="9" width="13.85546875" bestFit="1" customWidth="1"/>
@@ -14792,52 +23129,52 @@
     </row>
     <row r="93" spans="2:9">
       <c r="F93" s="55"/>
     </row>
     <row r="94" spans="2:9">
       <c r="F94" s="55"/>
     </row>
   </sheetData>
   <autoFilter ref="D1:I86" xr:uid="{00000000-0009-0000-0000-000005000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D2:O86">
       <sortCondition ref="H1:H86"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I62"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:A1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.5703125" customWidth="1"/>
     <col min="3" max="3" width="81.85546875" customWidth="1"/>
     <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" style="23" customWidth="1"/>
     <col min="6" max="6" width="14.140625" style="56" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
     <col min="8" max="8" width="13.85546875" customWidth="1"/>
     <col min="9" max="9" width="19.5703125" style="56" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="63" customFormat="1" ht="25.5">
       <c r="A1" s="27" t="s">
         <v>97</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -16504,76 +24841,5989 @@
       <c r="H61" s="12">
         <v>45869</v>
       </c>
       <c r="I61" s="40">
         <v>-5450.67</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="15.75" thickBot="1">
       <c r="A62" s="28"/>
       <c r="I62" s="64">
         <f>SUM(I2:I61)</f>
         <v>-752254.34000000032</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="D1:I49" xr:uid="{00000000-0009-0000-0000-000006000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D2:O36">
       <sortCondition ref="H1:H36"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J180"/>
+  <sheetViews>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" customWidth="1"/>
+    <col min="3" max="3" width="81.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
+    <col min="5" max="5" width="20.5703125" style="23" customWidth="1"/>
+    <col min="6" max="6" width="20" style="56" customWidth="1"/>
+    <col min="7" max="7" width="15.140625" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" style="56" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="63" customFormat="1" ht="25.5">
+      <c r="A1" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="14" customFormat="1">
+      <c r="A2" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" s="7">
+        <v>45870</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" s="65">
+        <v>-89.42</v>
+      </c>
+      <c r="G2" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H2" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I2" s="65">
+        <f t="shared" ref="I2:I65" si="0">F2</f>
+        <v>-89.42</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" s="14" customFormat="1">
+      <c r="A3" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" s="9"/>
+      <c r="C3" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" s="7">
+        <v>45870</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G3" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H3" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I3" s="65">
+        <f t="shared" si="0"/>
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="14" customFormat="1">
+      <c r="A4" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" s="9"/>
+      <c r="C4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="G4" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H4" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I4" s="65">
+        <f t="shared" si="0"/>
+        <v>-597.20000000000005</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="14" customFormat="1">
+      <c r="A5" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" s="9"/>
+      <c r="C5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="65">
+        <v>-630.27</v>
+      </c>
+      <c r="G5" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H5" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I5" s="65">
+        <f t="shared" si="0"/>
+        <v>-630.27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="14" customFormat="1">
+      <c r="A6" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" s="9"/>
+      <c r="C6" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="7">
+        <v>45867</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="65">
+        <v>-6127.2</v>
+      </c>
+      <c r="G6" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H6" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I6" s="65">
+        <f t="shared" si="0"/>
+        <v>-6127.2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="14" customFormat="1">
+      <c r="A7" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="9">
+        <v>53</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="7">
+        <v>45845</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="65">
+        <v>-1676.56</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H7" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I7" s="65">
+        <f t="shared" si="0"/>
+        <v>-1676.56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="14" customFormat="1">
+      <c r="A8" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D8" s="7">
+        <v>45842</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" s="65">
+        <v>-524.08000000000004</v>
+      </c>
+      <c r="G8" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H8" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I8" s="65">
+        <f t="shared" si="0"/>
+        <v>-524.08000000000004</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="14" customFormat="1">
+      <c r="A9" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" s="9">
+        <v>258</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D9" s="7">
+        <v>45867</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G9" s="7">
+        <v>45871</v>
+      </c>
+      <c r="H9" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I9" s="65">
+        <f t="shared" si="0"/>
+        <v>-160.38999999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="14" customFormat="1">
+      <c r="A10" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="7">
+        <v>45870</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="65">
+        <v>-31503.26</v>
+      </c>
+      <c r="G10" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H10" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I10" s="65">
+        <f t="shared" si="0"/>
+        <v>-31503.26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="14" customFormat="1">
+      <c r="A11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="9">
+        <v>305</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D11" s="7">
+        <v>45870</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G11" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H11" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I11" s="65">
+        <f t="shared" si="0"/>
+        <v>-160.38999999999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="14" customFormat="1">
+      <c r="A12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>322</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="D12" s="7">
+        <v>45845</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="F12" s="65">
+        <v>-13300</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H12" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I12" s="65">
+        <f t="shared" si="0"/>
+        <v>-13300</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="14" customFormat="1">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="9"/>
+      <c r="C13" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="65">
+        <v>-230</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H13" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I13" s="65">
+        <f t="shared" si="0"/>
+        <v>-230</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="14" customFormat="1">
+      <c r="A14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="9"/>
+      <c r="C14" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D14" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" s="65">
+        <v>-916.55</v>
+      </c>
+      <c r="G14" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H14" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I14" s="65">
+        <f t="shared" si="0"/>
+        <v>-916.55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="14" customFormat="1">
+      <c r="A15" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D15" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="65">
+        <v>-100</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H15" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I15" s="65">
+        <f t="shared" si="0"/>
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="14" customFormat="1">
+      <c r="A16" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="9">
+        <v>390</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D16" s="7">
+        <v>45870</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F16" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G16" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H16" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I16" s="65">
+        <f t="shared" si="0"/>
+        <v>-160.38999999999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="14" customFormat="1">
+      <c r="A17" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="9"/>
+      <c r="C17" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="7">
+        <v>45868</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" s="65">
+        <v>-20984</v>
+      </c>
+      <c r="G17" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H17" s="7">
+        <v>45870</v>
+      </c>
+      <c r="I17" s="65">
+        <f t="shared" si="0"/>
+        <v>-20984</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="14" customFormat="1">
+      <c r="A18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="D18" s="7">
+        <v>45862</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="F18" s="65">
+        <v>-899</v>
+      </c>
+      <c r="G18" s="7">
+        <v>45870</v>
+      </c>
+      <c r="H18" s="7">
+        <v>45873</v>
+      </c>
+      <c r="I18" s="65">
+        <f t="shared" si="0"/>
+        <v>-899</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="14" customFormat="1">
+      <c r="A19" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="7">
+        <v>45867</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" s="65">
+        <v>-122</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45880</v>
+      </c>
+      <c r="H19" s="7">
+        <v>45873</v>
+      </c>
+      <c r="I19" s="65">
+        <f t="shared" si="0"/>
+        <v>-122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="14" customFormat="1">
+      <c r="A20" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="9"/>
+      <c r="C20" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D20" s="7">
+        <v>45867</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="F20" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G20" s="7">
+        <v>45874</v>
+      </c>
+      <c r="H20" s="7">
+        <v>45873</v>
+      </c>
+      <c r="I20" s="65">
+        <f t="shared" si="0"/>
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="9">
+        <v>59</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D21" s="7">
+        <v>45875</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="65">
+        <v>-74421.56</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45875</v>
+      </c>
+      <c r="H21" s="7">
+        <v>45875</v>
+      </c>
+      <c r="I21" s="65">
+        <f t="shared" si="0"/>
+        <v>-74421.56</v>
+      </c>
+      <c r="J21" s="14"/>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D22" s="7">
+        <v>45876</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="65">
+        <v>-5551.35</v>
+      </c>
+      <c r="G22" s="7">
+        <v>45880</v>
+      </c>
+      <c r="H22" s="7">
+        <v>45880</v>
+      </c>
+      <c r="I22" s="65">
+        <f t="shared" si="0"/>
+        <v>-5551.35</v>
+      </c>
+      <c r="J22" s="14"/>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="7">
+        <v>45861</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" s="65">
+        <v>-725.18</v>
+      </c>
+      <c r="G23" s="7">
+        <v>45879</v>
+      </c>
+      <c r="H23" s="7">
+        <v>45880</v>
+      </c>
+      <c r="I23" s="65">
+        <f t="shared" si="0"/>
+        <v>-725.18</v>
+      </c>
+      <c r="J23" s="14"/>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="9">
+        <v>5732</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="D24" s="7">
+        <v>45880</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F24" s="65">
+        <v>-7032.8</v>
+      </c>
+      <c r="G24" s="7">
+        <v>45880</v>
+      </c>
+      <c r="H24" s="7">
+        <v>45880</v>
+      </c>
+      <c r="I24" s="65">
+        <f t="shared" si="0"/>
+        <v>-7032.8</v>
+      </c>
+      <c r="J24" s="14"/>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" s="9"/>
+      <c r="C25" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D25" s="7">
+        <v>45876</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="65">
+        <v>-322</v>
+      </c>
+      <c r="G25" s="7">
+        <v>45880</v>
+      </c>
+      <c r="H25" s="7">
+        <v>45880</v>
+      </c>
+      <c r="I25" s="65">
+        <f t="shared" si="0"/>
+        <v>-322</v>
+      </c>
+      <c r="J25" s="14"/>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="9">
+        <v>6488</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D26" s="7">
+        <v>45880</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="F26" s="65">
+        <v>-6900</v>
+      </c>
+      <c r="G26" s="7">
+        <v>45879</v>
+      </c>
+      <c r="H26" s="7">
+        <v>45881</v>
+      </c>
+      <c r="I26" s="65">
+        <f t="shared" si="0"/>
+        <v>-6900</v>
+      </c>
+      <c r="J26" s="14"/>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" s="9"/>
+      <c r="C27" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D27" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="F27" s="65">
+        <v>-20023.87</v>
+      </c>
+      <c r="G27" s="7">
+        <v>45889</v>
+      </c>
+      <c r="H27" s="7">
+        <v>45883</v>
+      </c>
+      <c r="I27" s="65">
+        <f t="shared" si="0"/>
+        <v>-20023.87</v>
+      </c>
+      <c r="J27" s="14"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D28" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="F28" s="65">
+        <v>-20.170000000000002</v>
+      </c>
+      <c r="G28" s="7">
+        <v>45883</v>
+      </c>
+      <c r="H28" s="7">
+        <v>45883</v>
+      </c>
+      <c r="I28" s="65">
+        <f t="shared" si="0"/>
+        <v>-20.170000000000002</v>
+      </c>
+      <c r="J28" s="14"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>325</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" s="7">
+        <v>45875</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="F29" s="65">
+        <v>-1582.2</v>
+      </c>
+      <c r="G29" s="7">
+        <v>45884</v>
+      </c>
+      <c r="H29" s="7">
+        <v>45884</v>
+      </c>
+      <c r="I29" s="65">
+        <f t="shared" si="0"/>
+        <v>-1582.2</v>
+      </c>
+      <c r="J29" s="14"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30" s="7">
+        <v>45860</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F30" s="65">
+        <v>-11097.36</v>
+      </c>
+      <c r="G30" s="7">
+        <v>45885</v>
+      </c>
+      <c r="H30" s="7">
+        <v>45884</v>
+      </c>
+      <c r="I30" s="65">
+        <f t="shared" si="0"/>
+        <v>-11097.36</v>
+      </c>
+      <c r="J30" s="14"/>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F31" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G31" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H31" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I31" s="65">
+        <f t="shared" si="0"/>
+        <v>-2100</v>
+      </c>
+      <c r="J31" s="14"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D32" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F32" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G32" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H32" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I32" s="65">
+        <f t="shared" si="0"/>
+        <v>-1869</v>
+      </c>
+      <c r="J32" s="14"/>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" s="7">
+        <v>45874</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F33" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G33" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H33" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I33" s="65">
+        <f t="shared" si="0"/>
+        <v>-2100</v>
+      </c>
+      <c r="J33" s="14"/>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="F34" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G34" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H34" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I34" s="65">
+        <f t="shared" si="0"/>
+        <v>-1522.5</v>
+      </c>
+      <c r="J34" s="14"/>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D35" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F35" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G35" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H35" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I35" s="65">
+        <f t="shared" si="0"/>
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" s="7">
+        <v>45874</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F36" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G36" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H36" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I36" s="65">
+        <f t="shared" si="0"/>
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D37" s="7">
+        <v>45887</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="65">
+        <v>-1674.48</v>
+      </c>
+      <c r="G37" s="7">
+        <v>45887</v>
+      </c>
+      <c r="H37" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I37" s="65">
+        <f t="shared" si="0"/>
+        <v>-1674.48</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="9"/>
+      <c r="C38" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D38" s="7">
+        <v>45887</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" s="65">
+        <v>-227932.73</v>
+      </c>
+      <c r="G38" s="7">
+        <v>45887</v>
+      </c>
+      <c r="H38" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I38" s="65">
+        <f t="shared" si="0"/>
+        <v>-227932.73</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D39" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F39" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="G39" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H39" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I39" s="65">
+        <f t="shared" si="0"/>
+        <v>-2052.46</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="9"/>
+      <c r="C40" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F40" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G40" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H40" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I40" s="65">
+        <f t="shared" si="0"/>
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="9"/>
+      <c r="C41" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D41" s="7">
+        <v>45874</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F41" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G41" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H41" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I41" s="65">
+        <f t="shared" si="0"/>
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D42" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F42" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G42" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H42" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I42" s="65">
+        <f t="shared" si="0"/>
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D43" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="F43" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G43" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H43" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I43" s="65">
+        <f t="shared" si="0"/>
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D44" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F44" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="G44" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H44" s="7">
+        <v>45887</v>
+      </c>
+      <c r="I44" s="65">
+        <f t="shared" si="0"/>
+        <v>-799.67</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D45" s="7">
+        <v>45889</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F45" s="65">
+        <v>-1410.09</v>
+      </c>
+      <c r="G45" s="7">
+        <v>45889</v>
+      </c>
+      <c r="H45" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I45" s="65">
+        <f t="shared" si="0"/>
+        <v>-1410.09</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D46" s="7">
+        <v>45888</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F46" s="65">
+        <v>-24336.85</v>
+      </c>
+      <c r="G46" s="7">
+        <v>45894</v>
+      </c>
+      <c r="H46" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I46" s="65">
+        <f t="shared" si="0"/>
+        <v>-24336.85</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D47" s="7">
+        <v>45887</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F47" s="65">
+        <v>-141179.29</v>
+      </c>
+      <c r="G47" s="7">
+        <v>45889</v>
+      </c>
+      <c r="H47" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I47" s="65">
+        <f t="shared" si="0"/>
+        <v>-141179.29</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="9">
+        <v>3069858</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" s="7">
+        <v>45889</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F48" s="65">
+        <v>-2819.7</v>
+      </c>
+      <c r="G48" s="7">
+        <v>45889</v>
+      </c>
+      <c r="H48" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I48" s="65">
+        <f t="shared" si="0"/>
+        <v>-2819.7</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="9"/>
+      <c r="C49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" s="7">
+        <v>45880</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="65">
+        <v>-31503.26</v>
+      </c>
+      <c r="G49" s="7">
+        <v>45889</v>
+      </c>
+      <c r="H49" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I49" s="65">
+        <f t="shared" si="0"/>
+        <v>-31503.26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>327</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" s="7">
+        <v>45861</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F50" s="65">
+        <v>-49755.5</v>
+      </c>
+      <c r="G50" s="7">
+        <v>45890</v>
+      </c>
+      <c r="H50" s="7">
+        <v>45889</v>
+      </c>
+      <c r="I50" s="65">
+        <f t="shared" si="0"/>
+        <v>-49755.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="9"/>
+      <c r="C51" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D51" s="7">
+        <v>45891</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F51" s="65">
+        <v>-73.88</v>
+      </c>
+      <c r="G51" s="7">
+        <v>45894</v>
+      </c>
+      <c r="H51" s="7">
+        <v>45890</v>
+      </c>
+      <c r="I51" s="65">
+        <f t="shared" si="0"/>
+        <v>-73.88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D52" s="7">
+        <v>45891</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="F52" s="65">
+        <v>-2200</v>
+      </c>
+      <c r="G52" s="7">
+        <v>45912</v>
+      </c>
+      <c r="H52" s="7">
+        <v>45890</v>
+      </c>
+      <c r="I52" s="65">
+        <f t="shared" si="0"/>
+        <v>-2200</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D53" s="7">
+        <v>45847</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F53" s="65">
+        <v>-8185.83</v>
+      </c>
+      <c r="G53" s="7">
+        <v>45890</v>
+      </c>
+      <c r="H53" s="7">
+        <v>45890</v>
+      </c>
+      <c r="I53" s="65">
+        <f t="shared" si="0"/>
+        <v>-8185.83</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B54" s="9"/>
+      <c r="C54" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D54" s="7">
+        <v>45889</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F54" s="65">
+        <v>-1033.51</v>
+      </c>
+      <c r="G54" s="7">
+        <v>45894</v>
+      </c>
+      <c r="H54" s="7">
+        <v>45895</v>
+      </c>
+      <c r="I54" s="65">
+        <f t="shared" si="0"/>
+        <v>-1033.51</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B55" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="D55" s="7">
+        <v>45889</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="F55" s="65">
+        <v>-150</v>
+      </c>
+      <c r="G55" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H55" s="7">
+        <v>45897</v>
+      </c>
+      <c r="I55" s="65">
+        <f t="shared" si="0"/>
+        <v>-150</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D56" s="7">
+        <v>45895</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" s="65">
+        <v>-1584</v>
+      </c>
+      <c r="G56" s="7">
+        <v>45897</v>
+      </c>
+      <c r="H56" s="7">
+        <v>45897</v>
+      </c>
+      <c r="I56" s="65">
+        <f t="shared" si="0"/>
+        <v>-1584</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B57" s="9"/>
+      <c r="C57" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D57" s="7">
+        <v>45897</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F57" s="65">
+        <v>-20.059999999999999</v>
+      </c>
+      <c r="G57" s="7">
+        <v>45897</v>
+      </c>
+      <c r="H57" s="7">
+        <v>45897</v>
+      </c>
+      <c r="I57" s="65">
+        <f t="shared" si="0"/>
+        <v>-20.059999999999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" s="9"/>
+      <c r="C58" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D58" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F58" s="65">
+        <v>-591.17999999999995</v>
+      </c>
+      <c r="G58" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H58" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I58" s="65">
+        <f t="shared" si="0"/>
+        <v>-591.17999999999995</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B59" s="9"/>
+      <c r="C59" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D59" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" s="65">
+        <v>-2005.39</v>
+      </c>
+      <c r="G59" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H59" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I59" s="65">
+        <f t="shared" si="0"/>
+        <v>-2005.39</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" s="65">
+        <v>-14597.49</v>
+      </c>
+      <c r="G60" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H60" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I60" s="65">
+        <f t="shared" si="0"/>
+        <v>-14597.49</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B61" s="9"/>
+      <c r="C61" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" s="65">
+        <v>-5511.79</v>
+      </c>
+      <c r="G61" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H61" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I61" s="65">
+        <f t="shared" si="0"/>
+        <v>-5511.79</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B62" s="9" t="s">
+        <v>332</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D62" s="7">
+        <v>45891</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F62" s="65">
+        <v>-2650</v>
+      </c>
+      <c r="G62" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H62" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I62" s="65">
+        <f t="shared" si="0"/>
+        <v>-2650</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>298</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D63" s="7">
+        <v>45890</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F63" s="65">
+        <v>-2955</v>
+      </c>
+      <c r="G63" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H63" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I63" s="65">
+        <f t="shared" si="0"/>
+        <v>-2955</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" s="65">
+        <v>-7675.76</v>
+      </c>
+      <c r="G64" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H64" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I64" s="65">
+        <f t="shared" si="0"/>
+        <v>-7675.76</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15.75" thickBot="1">
+      <c r="A65" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D65" s="7">
+        <v>45898</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" s="65">
+        <v>-11590.8</v>
+      </c>
+      <c r="G65" s="7">
+        <v>45898</v>
+      </c>
+      <c r="H65" s="7">
+        <v>45898</v>
+      </c>
+      <c r="I65" s="67">
+        <f t="shared" si="0"/>
+        <v>-11590.8</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15.75" thickBot="1">
+      <c r="B66" s="9"/>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="65"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="66"/>
+      <c r="I66" s="69">
+        <f>SUM(I2:I65)</f>
+        <v>-770536.32000000018</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="B67" s="9"/>
+      <c r="C67" s="7"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="65"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="68"/>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="B68" s="9"/>
+      <c r="C68" s="7"/>
+      <c r="D68" s="7"/>
+      <c r="E68" s="7"/>
+      <c r="F68" s="65"/>
+      <c r="G68" s="7"/>
+      <c r="H68" s="7"/>
+      <c r="I68" s="7"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="B69" s="9"/>
+      <c r="C69" s="7"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="7"/>
+      <c r="F69" s="65"/>
+      <c r="G69" s="7"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="7"/>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="B70" s="9"/>
+      <c r="C70" s="7"/>
+      <c r="D70" s="7"/>
+      <c r="E70" s="7"/>
+      <c r="F70" s="65"/>
+      <c r="G70" s="7"/>
+      <c r="H70" s="7"/>
+      <c r="I70" s="7"/>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="B71" s="9"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="7"/>
+      <c r="F71" s="65"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="7"/>
+      <c r="I71" s="7"/>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="B72" s="9"/>
+      <c r="C72" s="7"/>
+      <c r="D72" s="7"/>
+      <c r="E72" s="7"/>
+      <c r="F72" s="65"/>
+      <c r="G72" s="7"/>
+      <c r="H72" s="7"/>
+      <c r="I72" s="7"/>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="B73" s="9"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="65"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7"/>
+      <c r="I73" s="7"/>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="B74" s="9"/>
+      <c r="C74" s="7"/>
+      <c r="D74" s="7"/>
+      <c r="E74" s="7"/>
+      <c r="F74" s="65"/>
+      <c r="G74" s="7"/>
+      <c r="H74" s="7"/>
+      <c r="I74" s="7"/>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="B75" s="9"/>
+      <c r="C75" s="7"/>
+      <c r="D75" s="7"/>
+      <c r="E75" s="7"/>
+      <c r="F75" s="65"/>
+      <c r="G75" s="7"/>
+      <c r="H75" s="7"/>
+      <c r="I75" s="7"/>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="B76" s="9"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="65"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="B77" s="9"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="7"/>
+      <c r="E77" s="7"/>
+      <c r="F77" s="65"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="B78" s="9"/>
+      <c r="C78" s="7"/>
+      <c r="D78" s="7"/>
+      <c r="E78" s="7"/>
+      <c r="F78" s="65"/>
+      <c r="G78" s="7"/>
+      <c r="H78" s="7"/>
+      <c r="I78" s="7"/>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="B79" s="9"/>
+      <c r="C79" s="7"/>
+      <c r="D79" s="7"/>
+      <c r="E79" s="7"/>
+      <c r="F79" s="65"/>
+      <c r="G79" s="7"/>
+      <c r="H79" s="7"/>
+      <c r="I79" s="7"/>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="B80" s="9"/>
+      <c r="C80" s="7"/>
+      <c r="D80" s="7"/>
+      <c r="E80" s="7"/>
+      <c r="F80" s="65"/>
+      <c r="G80" s="7"/>
+      <c r="H80" s="7"/>
+      <c r="I80" s="7"/>
+    </row>
+    <row r="81" spans="2:9">
+      <c r="B81" s="9"/>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="65"/>
+      <c r="G81" s="7"/>
+      <c r="H81" s="7"/>
+      <c r="I81" s="7"/>
+    </row>
+    <row r="82" spans="2:9">
+      <c r="B82" s="9"/>
+      <c r="C82" s="7"/>
+      <c r="D82" s="7"/>
+      <c r="E82" s="7"/>
+      <c r="F82" s="65"/>
+      <c r="G82" s="7"/>
+      <c r="H82" s="7"/>
+      <c r="I82" s="7"/>
+    </row>
+    <row r="83" spans="2:9">
+      <c r="B83" s="9"/>
+      <c r="C83" s="7"/>
+      <c r="D83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="65"/>
+      <c r="G83" s="7"/>
+      <c r="H83" s="7"/>
+      <c r="I83" s="7"/>
+    </row>
+    <row r="84" spans="2:9">
+      <c r="B84" s="9"/>
+      <c r="C84" s="7"/>
+      <c r="D84" s="7"/>
+      <c r="E84" s="7"/>
+      <c r="F84" s="65"/>
+      <c r="G84" s="7"/>
+      <c r="H84" s="7"/>
+      <c r="I84" s="7"/>
+    </row>
+    <row r="85" spans="2:9">
+      <c r="B85" s="9"/>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="65"/>
+      <c r="G85" s="7"/>
+      <c r="H85" s="7"/>
+      <c r="I85" s="7"/>
+    </row>
+    <row r="86" spans="2:9">
+      <c r="B86" s="9"/>
+      <c r="C86" s="7"/>
+      <c r="D86" s="7"/>
+      <c r="E86" s="7"/>
+      <c r="F86" s="65"/>
+      <c r="G86" s="7"/>
+      <c r="H86" s="7"/>
+      <c r="I86" s="7"/>
+    </row>
+    <row r="87" spans="2:9">
+      <c r="B87" s="9"/>
+      <c r="C87" s="7"/>
+      <c r="D87" s="7"/>
+      <c r="E87" s="7"/>
+      <c r="F87" s="65"/>
+      <c r="G87" s="7"/>
+      <c r="H87" s="7"/>
+      <c r="I87" s="7"/>
+    </row>
+    <row r="88" spans="2:9">
+      <c r="B88" s="9"/>
+      <c r="C88" s="7"/>
+      <c r="D88" s="7"/>
+      <c r="E88" s="7"/>
+      <c r="F88" s="65"/>
+      <c r="G88" s="7"/>
+      <c r="H88" s="7"/>
+      <c r="I88" s="7"/>
+    </row>
+    <row r="89" spans="2:9">
+      <c r="B89" s="9"/>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="65"/>
+      <c r="G89" s="7"/>
+      <c r="H89" s="7"/>
+      <c r="I89" s="7"/>
+    </row>
+    <row r="90" spans="2:9">
+      <c r="B90" s="9"/>
+      <c r="C90" s="7"/>
+      <c r="D90" s="7"/>
+      <c r="E90" s="7"/>
+      <c r="F90" s="65"/>
+      <c r="G90" s="7"/>
+      <c r="H90" s="7"/>
+      <c r="I90" s="7"/>
+    </row>
+    <row r="91" spans="2:9">
+      <c r="B91" s="9"/>
+      <c r="C91" s="7"/>
+      <c r="D91" s="7"/>
+      <c r="E91" s="7"/>
+      <c r="F91" s="65"/>
+      <c r="G91" s="7"/>
+      <c r="H91" s="7"/>
+      <c r="I91" s="7"/>
+    </row>
+    <row r="92" spans="2:9">
+      <c r="B92" s="9"/>
+      <c r="C92" s="7"/>
+      <c r="D92" s="7"/>
+      <c r="E92" s="7"/>
+      <c r="F92" s="65"/>
+      <c r="G92" s="7"/>
+      <c r="H92" s="7"/>
+      <c r="I92" s="7"/>
+    </row>
+    <row r="93" spans="2:9">
+      <c r="B93" s="9"/>
+      <c r="C93" s="7"/>
+      <c r="D93" s="7"/>
+      <c r="E93" s="7"/>
+      <c r="F93" s="65"/>
+      <c r="G93" s="7"/>
+      <c r="H93" s="7"/>
+      <c r="I93" s="7"/>
+    </row>
+    <row r="94" spans="2:9">
+      <c r="B94" s="9"/>
+      <c r="C94" s="7"/>
+      <c r="D94" s="7"/>
+      <c r="E94" s="7"/>
+      <c r="F94" s="65"/>
+      <c r="G94" s="7"/>
+      <c r="H94" s="7"/>
+      <c r="I94" s="7"/>
+    </row>
+    <row r="95" spans="2:9">
+      <c r="B95" s="9"/>
+      <c r="C95" s="7"/>
+      <c r="D95" s="7"/>
+      <c r="E95" s="7"/>
+      <c r="F95" s="65"/>
+      <c r="G95" s="7"/>
+      <c r="H95" s="7"/>
+      <c r="I95" s="7"/>
+    </row>
+    <row r="96" spans="2:9">
+      <c r="B96" s="9"/>
+      <c r="C96" s="7"/>
+      <c r="D96" s="7"/>
+      <c r="E96" s="7"/>
+      <c r="F96" s="65"/>
+      <c r="G96" s="7"/>
+      <c r="H96" s="7"/>
+      <c r="I96" s="7"/>
+    </row>
+    <row r="97" spans="2:9">
+      <c r="B97" s="9"/>
+      <c r="C97" s="7"/>
+      <c r="D97" s="7"/>
+      <c r="E97" s="7"/>
+      <c r="F97" s="65"/>
+      <c r="G97" s="7"/>
+      <c r="H97" s="7"/>
+      <c r="I97" s="7"/>
+    </row>
+    <row r="98" spans="2:9">
+      <c r="B98" s="9"/>
+      <c r="C98" s="7"/>
+      <c r="D98" s="7"/>
+      <c r="E98" s="7"/>
+      <c r="F98" s="65"/>
+      <c r="G98" s="7"/>
+      <c r="H98" s="7"/>
+      <c r="I98" s="7"/>
+    </row>
+    <row r="99" spans="2:9">
+      <c r="B99" s="9"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
+      <c r="F99" s="65"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="7"/>
+      <c r="I99" s="7"/>
+    </row>
+    <row r="100" spans="2:9">
+      <c r="B100" s="9"/>
+      <c r="C100" s="7"/>
+      <c r="D100" s="7"/>
+      <c r="E100" s="7"/>
+      <c r="F100" s="65"/>
+      <c r="G100" s="7"/>
+      <c r="H100" s="7"/>
+      <c r="I100" s="7"/>
+    </row>
+    <row r="101" spans="2:9">
+      <c r="B101" s="9"/>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="65"/>
+      <c r="G101" s="7"/>
+      <c r="H101" s="7"/>
+      <c r="I101" s="7"/>
+    </row>
+    <row r="102" spans="2:9">
+      <c r="B102" s="9"/>
+      <c r="C102" s="7"/>
+      <c r="D102" s="7"/>
+      <c r="E102" s="7"/>
+      <c r="F102" s="65"/>
+      <c r="G102" s="7"/>
+      <c r="H102" s="7"/>
+      <c r="I102" s="7"/>
+    </row>
+    <row r="103" spans="2:9">
+      <c r="B103" s="9"/>
+      <c r="C103" s="7"/>
+      <c r="D103" s="7"/>
+      <c r="E103" s="7"/>
+      <c r="F103" s="65"/>
+      <c r="G103" s="7"/>
+      <c r="H103" s="7"/>
+      <c r="I103" s="7"/>
+    </row>
+    <row r="104" spans="2:9">
+      <c r="B104" s="9"/>
+      <c r="C104" s="7"/>
+      <c r="D104" s="7"/>
+      <c r="E104" s="7"/>
+      <c r="F104" s="65"/>
+      <c r="G104" s="7"/>
+      <c r="H104" s="7"/>
+      <c r="I104" s="7"/>
+    </row>
+    <row r="105" spans="2:9">
+      <c r="B105" s="9"/>
+      <c r="C105" s="7"/>
+      <c r="D105" s="7"/>
+      <c r="E105" s="7"/>
+      <c r="F105" s="65"/>
+      <c r="G105" s="7"/>
+      <c r="H105" s="7"/>
+      <c r="I105" s="7"/>
+    </row>
+    <row r="106" spans="2:9">
+      <c r="B106" s="9"/>
+      <c r="C106" s="7"/>
+      <c r="D106" s="7"/>
+      <c r="E106" s="7"/>
+      <c r="F106" s="65"/>
+      <c r="G106" s="7"/>
+      <c r="H106" s="7"/>
+      <c r="I106" s="7"/>
+    </row>
+    <row r="107" spans="2:9">
+      <c r="B107" s="9"/>
+      <c r="C107" s="7"/>
+      <c r="D107" s="7"/>
+      <c r="E107" s="7"/>
+      <c r="F107" s="65"/>
+      <c r="G107" s="7"/>
+      <c r="H107" s="7"/>
+      <c r="I107" s="7"/>
+    </row>
+    <row r="108" spans="2:9">
+      <c r="B108" s="9"/>
+      <c r="C108" s="7"/>
+      <c r="D108" s="7"/>
+      <c r="E108" s="7"/>
+      <c r="F108" s="65"/>
+      <c r="G108" s="7"/>
+      <c r="H108" s="7"/>
+      <c r="I108" s="7"/>
+    </row>
+    <row r="109" spans="2:9">
+      <c r="B109" s="9"/>
+      <c r="C109" s="7"/>
+      <c r="D109" s="7"/>
+      <c r="E109" s="7"/>
+      <c r="F109" s="65"/>
+      <c r="G109" s="7"/>
+      <c r="H109" s="7"/>
+      <c r="I109" s="7"/>
+    </row>
+    <row r="110" spans="2:9">
+      <c r="B110" s="9"/>
+      <c r="C110" s="7"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="65"/>
+      <c r="G110" s="7"/>
+      <c r="H110" s="7"/>
+      <c r="I110" s="7"/>
+    </row>
+    <row r="111" spans="2:9">
+      <c r="B111" s="9"/>
+      <c r="C111" s="7"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="F111" s="65"/>
+      <c r="G111" s="7"/>
+      <c r="H111" s="7"/>
+      <c r="I111" s="7"/>
+    </row>
+    <row r="112" spans="2:9">
+      <c r="B112" s="9"/>
+      <c r="C112" s="7"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="7"/>
+      <c r="F112" s="65"/>
+      <c r="G112" s="7"/>
+      <c r="H112" s="7"/>
+      <c r="I112" s="7"/>
+    </row>
+    <row r="113" spans="2:9">
+      <c r="B113" s="9"/>
+      <c r="C113" s="7"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="65"/>
+      <c r="G113" s="7"/>
+      <c r="H113" s="7"/>
+      <c r="I113" s="7"/>
+    </row>
+    <row r="114" spans="2:9">
+      <c r="B114" s="9"/>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="65"/>
+      <c r="G114" s="7"/>
+      <c r="H114" s="7"/>
+      <c r="I114" s="7"/>
+    </row>
+    <row r="115" spans="2:9">
+      <c r="B115" s="9"/>
+      <c r="C115" s="7"/>
+      <c r="D115" s="7"/>
+      <c r="E115" s="7"/>
+      <c r="F115" s="65"/>
+      <c r="G115" s="7"/>
+      <c r="H115" s="7"/>
+      <c r="I115" s="7"/>
+    </row>
+    <row r="116" spans="2:9">
+      <c r="B116" s="9"/>
+      <c r="C116" s="7"/>
+      <c r="D116" s="7"/>
+      <c r="E116" s="7"/>
+      <c r="F116" s="65"/>
+      <c r="G116" s="7"/>
+      <c r="H116" s="7"/>
+      <c r="I116" s="7"/>
+    </row>
+    <row r="117" spans="2:9">
+      <c r="B117" s="9"/>
+      <c r="C117" s="7"/>
+      <c r="D117" s="7"/>
+      <c r="E117" s="7"/>
+      <c r="F117" s="65"/>
+      <c r="G117" s="7"/>
+      <c r="H117" s="7"/>
+      <c r="I117" s="7"/>
+    </row>
+    <row r="118" spans="2:9">
+      <c r="B118" s="9"/>
+      <c r="C118" s="7"/>
+      <c r="D118" s="7"/>
+      <c r="E118" s="7"/>
+      <c r="F118" s="65"/>
+      <c r="G118" s="7"/>
+      <c r="H118" s="7"/>
+      <c r="I118" s="7"/>
+    </row>
+    <row r="119" spans="2:9">
+      <c r="B119" s="9"/>
+      <c r="C119" s="7"/>
+      <c r="D119" s="7"/>
+      <c r="E119" s="7"/>
+      <c r="F119" s="65"/>
+      <c r="G119" s="7"/>
+      <c r="H119" s="7"/>
+      <c r="I119" s="7"/>
+    </row>
+    <row r="120" spans="2:9">
+      <c r="B120" s="9"/>
+      <c r="C120" s="7"/>
+      <c r="D120" s="7"/>
+      <c r="E120" s="7"/>
+      <c r="F120" s="65"/>
+      <c r="G120" s="7"/>
+      <c r="H120" s="7"/>
+      <c r="I120" s="7"/>
+    </row>
+    <row r="121" spans="2:9">
+      <c r="B121" s="9"/>
+      <c r="C121" s="7"/>
+      <c r="D121" s="7"/>
+      <c r="E121" s="7"/>
+      <c r="F121" s="65"/>
+      <c r="G121" s="7"/>
+      <c r="H121" s="7"/>
+      <c r="I121" s="7"/>
+    </row>
+    <row r="122" spans="2:9">
+      <c r="B122" s="9"/>
+      <c r="C122" s="7"/>
+      <c r="D122" s="7"/>
+      <c r="E122" s="7"/>
+      <c r="F122" s="65"/>
+      <c r="G122" s="7"/>
+      <c r="H122" s="7"/>
+      <c r="I122" s="7"/>
+    </row>
+    <row r="123" spans="2:9">
+      <c r="B123" s="9"/>
+      <c r="C123" s="7"/>
+      <c r="D123" s="7"/>
+      <c r="E123" s="7"/>
+      <c r="F123" s="65"/>
+      <c r="G123" s="7"/>
+      <c r="H123" s="7"/>
+      <c r="I123" s="7"/>
+    </row>
+    <row r="124" spans="2:9">
+      <c r="B124" s="9"/>
+      <c r="C124" s="7"/>
+      <c r="D124" s="7"/>
+      <c r="E124" s="7"/>
+      <c r="F124" s="65"/>
+      <c r="G124" s="7"/>
+      <c r="H124" s="7"/>
+      <c r="I124" s="7"/>
+    </row>
+    <row r="125" spans="2:9">
+      <c r="B125" s="9"/>
+      <c r="C125" s="7"/>
+      <c r="D125" s="7"/>
+      <c r="E125" s="7"/>
+      <c r="F125" s="65"/>
+      <c r="G125" s="7"/>
+      <c r="H125" s="7"/>
+      <c r="I125" s="7"/>
+    </row>
+    <row r="126" spans="2:9">
+      <c r="B126" s="9"/>
+      <c r="C126" s="7"/>
+      <c r="D126" s="7"/>
+      <c r="E126" s="7"/>
+      <c r="F126" s="65"/>
+      <c r="G126" s="7"/>
+      <c r="H126" s="7"/>
+      <c r="I126" s="7"/>
+    </row>
+    <row r="127" spans="2:9">
+      <c r="B127" s="9"/>
+      <c r="C127" s="7"/>
+      <c r="D127" s="7"/>
+      <c r="E127" s="7"/>
+      <c r="F127" s="65"/>
+      <c r="G127" s="7"/>
+      <c r="H127" s="7"/>
+      <c r="I127" s="7"/>
+    </row>
+    <row r="128" spans="2:9">
+      <c r="B128" s="9"/>
+      <c r="C128" s="7"/>
+      <c r="D128" s="7"/>
+      <c r="E128" s="7"/>
+      <c r="F128" s="65"/>
+      <c r="G128" s="7"/>
+      <c r="H128" s="7"/>
+      <c r="I128" s="7"/>
+    </row>
+    <row r="129" spans="2:9">
+      <c r="B129" s="9"/>
+      <c r="C129" s="7"/>
+      <c r="D129" s="7"/>
+      <c r="E129" s="7"/>
+      <c r="F129" s="65"/>
+      <c r="G129" s="7"/>
+      <c r="H129" s="7"/>
+      <c r="I129" s="7"/>
+    </row>
+    <row r="130" spans="2:9">
+      <c r="B130" s="9"/>
+      <c r="C130" s="7"/>
+      <c r="D130" s="7"/>
+      <c r="E130" s="7"/>
+      <c r="F130" s="65"/>
+      <c r="G130" s="7"/>
+      <c r="H130" s="7"/>
+      <c r="I130" s="7"/>
+    </row>
+    <row r="131" spans="2:9">
+      <c r="B131" s="9"/>
+      <c r="C131" s="7"/>
+      <c r="D131" s="7"/>
+      <c r="E131" s="7"/>
+      <c r="F131" s="65"/>
+      <c r="G131" s="7"/>
+      <c r="H131" s="7"/>
+      <c r="I131" s="7"/>
+    </row>
+    <row r="132" spans="2:9">
+      <c r="B132" s="9"/>
+      <c r="C132" s="7"/>
+      <c r="D132" s="7"/>
+      <c r="E132" s="7"/>
+      <c r="F132" s="65"/>
+      <c r="G132" s="7"/>
+      <c r="H132" s="7"/>
+      <c r="I132" s="7"/>
+    </row>
+    <row r="133" spans="2:9">
+      <c r="B133" s="9"/>
+      <c r="C133" s="7"/>
+      <c r="D133" s="7"/>
+      <c r="E133" s="7"/>
+      <c r="F133" s="65"/>
+      <c r="G133" s="7"/>
+      <c r="H133" s="7"/>
+      <c r="I133" s="7"/>
+    </row>
+    <row r="134" spans="2:9">
+      <c r="B134" s="9"/>
+      <c r="C134" s="7"/>
+      <c r="D134" s="7"/>
+      <c r="E134" s="7"/>
+      <c r="F134" s="65"/>
+      <c r="G134" s="7"/>
+      <c r="H134" s="7"/>
+      <c r="I134" s="7"/>
+    </row>
+    <row r="135" spans="2:9">
+      <c r="B135" s="9"/>
+      <c r="C135" s="7"/>
+      <c r="D135" s="7"/>
+      <c r="E135" s="7"/>
+      <c r="F135" s="65"/>
+      <c r="G135" s="7"/>
+      <c r="H135" s="7"/>
+      <c r="I135" s="7"/>
+    </row>
+    <row r="136" spans="2:9">
+      <c r="B136" s="9"/>
+      <c r="C136" s="7"/>
+      <c r="D136" s="7"/>
+      <c r="E136" s="7"/>
+      <c r="F136" s="65"/>
+      <c r="G136" s="7"/>
+      <c r="H136" s="7"/>
+      <c r="I136" s="7"/>
+    </row>
+    <row r="137" spans="2:9">
+      <c r="B137" s="9"/>
+      <c r="C137" s="7"/>
+      <c r="D137" s="7"/>
+      <c r="E137" s="7"/>
+      <c r="F137" s="65"/>
+      <c r="G137" s="7"/>
+      <c r="H137" s="7"/>
+      <c r="I137" s="7"/>
+    </row>
+    <row r="138" spans="2:9">
+      <c r="B138" s="9"/>
+      <c r="C138" s="7"/>
+      <c r="D138" s="7"/>
+      <c r="E138" s="7"/>
+      <c r="F138" s="65"/>
+      <c r="G138" s="7"/>
+      <c r="H138" s="7"/>
+      <c r="I138" s="7"/>
+    </row>
+    <row r="139" spans="2:9">
+      <c r="B139" s="9"/>
+      <c r="C139" s="7"/>
+      <c r="D139" s="7"/>
+      <c r="E139" s="7"/>
+      <c r="F139" s="65"/>
+      <c r="G139" s="7"/>
+      <c r="H139" s="7"/>
+      <c r="I139" s="7"/>
+    </row>
+    <row r="140" spans="2:9">
+      <c r="B140" s="9"/>
+      <c r="C140" s="7"/>
+      <c r="D140" s="7"/>
+      <c r="E140" s="7"/>
+      <c r="F140" s="65"/>
+      <c r="G140" s="7"/>
+      <c r="H140" s="7"/>
+      <c r="I140" s="7"/>
+    </row>
+    <row r="141" spans="2:9">
+      <c r="B141" s="9"/>
+      <c r="C141" s="7"/>
+      <c r="D141" s="7"/>
+      <c r="E141" s="7"/>
+      <c r="F141" s="65"/>
+      <c r="G141" s="7"/>
+      <c r="H141" s="7"/>
+      <c r="I141" s="7"/>
+    </row>
+    <row r="142" spans="2:9">
+      <c r="B142" s="9"/>
+      <c r="C142" s="7"/>
+      <c r="D142" s="7"/>
+      <c r="E142" s="7"/>
+      <c r="F142" s="65"/>
+      <c r="G142" s="7"/>
+      <c r="H142" s="7"/>
+      <c r="I142" s="7"/>
+    </row>
+    <row r="143" spans="2:9">
+      <c r="B143" s="9"/>
+      <c r="C143" s="7"/>
+      <c r="D143" s="7"/>
+      <c r="E143" s="7"/>
+      <c r="F143" s="65"/>
+      <c r="G143" s="7"/>
+      <c r="H143" s="7"/>
+      <c r="I143" s="7"/>
+    </row>
+    <row r="144" spans="2:9">
+      <c r="B144" s="9"/>
+      <c r="C144" s="7"/>
+      <c r="D144" s="7"/>
+      <c r="E144" s="7"/>
+      <c r="F144" s="65"/>
+      <c r="G144" s="7"/>
+      <c r="H144" s="7"/>
+      <c r="I144" s="7"/>
+    </row>
+    <row r="145" spans="2:9">
+      <c r="B145" s="9"/>
+      <c r="C145" s="7"/>
+      <c r="D145" s="7"/>
+      <c r="E145" s="7"/>
+      <c r="F145" s="65"/>
+      <c r="G145" s="7"/>
+      <c r="H145" s="7"/>
+      <c r="I145" s="7"/>
+    </row>
+    <row r="146" spans="2:9">
+      <c r="B146" s="9"/>
+      <c r="C146" s="7"/>
+      <c r="D146" s="7"/>
+      <c r="E146" s="7"/>
+      <c r="F146" s="65"/>
+      <c r="G146" s="7"/>
+      <c r="H146" s="7"/>
+      <c r="I146" s="7"/>
+    </row>
+    <row r="147" spans="2:9">
+      <c r="B147" s="9"/>
+      <c r="C147" s="7"/>
+      <c r="D147" s="7"/>
+      <c r="E147" s="7"/>
+      <c r="F147" s="65"/>
+      <c r="G147" s="7"/>
+      <c r="H147" s="7"/>
+      <c r="I147" s="7"/>
+    </row>
+    <row r="148" spans="2:9">
+      <c r="B148" s="9"/>
+      <c r="C148" s="7"/>
+      <c r="D148" s="7"/>
+      <c r="E148" s="7"/>
+      <c r="F148" s="65"/>
+      <c r="G148" s="7"/>
+      <c r="H148" s="7"/>
+      <c r="I148" s="7"/>
+    </row>
+    <row r="149" spans="2:9">
+      <c r="B149" s="9"/>
+      <c r="C149" s="7"/>
+      <c r="D149" s="7"/>
+      <c r="E149" s="7"/>
+      <c r="F149" s="65"/>
+      <c r="G149" s="7"/>
+      <c r="H149" s="7"/>
+      <c r="I149" s="7"/>
+    </row>
+    <row r="150" spans="2:9">
+      <c r="B150" s="9"/>
+      <c r="C150" s="7"/>
+      <c r="D150" s="7"/>
+      <c r="E150" s="7"/>
+      <c r="F150" s="65"/>
+      <c r="G150" s="7"/>
+      <c r="H150" s="7"/>
+      <c r="I150" s="7"/>
+    </row>
+    <row r="151" spans="2:9">
+      <c r="B151" s="9"/>
+      <c r="C151" s="7"/>
+      <c r="D151" s="7"/>
+      <c r="E151" s="7"/>
+      <c r="F151" s="65"/>
+      <c r="G151" s="7"/>
+      <c r="H151" s="7"/>
+      <c r="I151" s="7"/>
+    </row>
+    <row r="152" spans="2:9">
+      <c r="B152" s="9"/>
+      <c r="C152" s="7"/>
+      <c r="D152" s="7"/>
+      <c r="E152" s="7"/>
+      <c r="F152" s="65"/>
+      <c r="G152" s="7"/>
+      <c r="H152" s="7"/>
+      <c r="I152" s="7"/>
+    </row>
+    <row r="153" spans="2:9">
+      <c r="B153" s="9"/>
+      <c r="C153" s="7"/>
+      <c r="D153" s="7"/>
+      <c r="E153" s="7"/>
+      <c r="F153" s="65"/>
+      <c r="G153" s="7"/>
+      <c r="H153" s="7"/>
+      <c r="I153" s="7"/>
+    </row>
+    <row r="154" spans="2:9">
+      <c r="B154" s="9"/>
+      <c r="C154" s="7"/>
+      <c r="D154" s="7"/>
+      <c r="E154" s="7"/>
+      <c r="F154" s="65"/>
+      <c r="G154" s="7"/>
+      <c r="H154" s="7"/>
+      <c r="I154" s="7"/>
+    </row>
+    <row r="155" spans="2:9">
+      <c r="B155" s="9"/>
+      <c r="C155" s="7"/>
+      <c r="D155" s="7"/>
+      <c r="E155" s="7"/>
+      <c r="F155" s="65"/>
+      <c r="G155" s="7"/>
+      <c r="H155" s="7"/>
+      <c r="I155" s="7"/>
+    </row>
+    <row r="156" spans="2:9">
+      <c r="B156" s="9"/>
+      <c r="C156" s="7"/>
+      <c r="D156" s="7"/>
+      <c r="E156" s="7"/>
+      <c r="F156" s="65"/>
+      <c r="G156" s="7"/>
+      <c r="H156" s="7"/>
+      <c r="I156" s="7"/>
+    </row>
+    <row r="157" spans="2:9">
+      <c r="B157" s="9"/>
+      <c r="C157" s="7"/>
+      <c r="D157" s="7"/>
+      <c r="E157" s="7"/>
+      <c r="F157" s="65"/>
+      <c r="G157" s="7"/>
+      <c r="H157" s="7"/>
+      <c r="I157" s="7"/>
+    </row>
+    <row r="158" spans="2:9">
+      <c r="B158" s="9"/>
+      <c r="C158" s="7"/>
+      <c r="D158" s="7"/>
+      <c r="E158" s="7"/>
+      <c r="F158" s="65"/>
+      <c r="G158" s="7"/>
+      <c r="H158" s="7"/>
+      <c r="I158" s="7"/>
+    </row>
+    <row r="159" spans="2:9">
+      <c r="B159" s="9"/>
+      <c r="C159" s="7"/>
+      <c r="D159" s="7"/>
+      <c r="E159" s="7"/>
+      <c r="F159" s="65"/>
+      <c r="G159" s="7"/>
+      <c r="H159" s="7"/>
+      <c r="I159" s="7"/>
+    </row>
+    <row r="160" spans="2:9">
+      <c r="B160" s="9"/>
+      <c r="C160" s="7"/>
+      <c r="D160" s="7"/>
+      <c r="E160" s="7"/>
+      <c r="F160" s="65"/>
+      <c r="G160" s="7"/>
+      <c r="H160" s="7"/>
+      <c r="I160" s="7"/>
+    </row>
+    <row r="161" spans="2:9">
+      <c r="B161" s="9"/>
+      <c r="C161" s="7"/>
+      <c r="D161" s="7"/>
+      <c r="E161" s="7"/>
+      <c r="F161" s="65"/>
+      <c r="G161" s="7"/>
+      <c r="H161" s="7"/>
+      <c r="I161" s="7"/>
+    </row>
+    <row r="162" spans="2:9">
+      <c r="B162" s="9"/>
+      <c r="C162" s="7"/>
+      <c r="D162" s="7"/>
+      <c r="E162" s="7"/>
+      <c r="F162" s="65"/>
+      <c r="G162" s="7"/>
+      <c r="H162" s="7"/>
+      <c r="I162" s="7"/>
+    </row>
+    <row r="163" spans="2:9">
+      <c r="B163" s="9"/>
+      <c r="C163" s="7"/>
+      <c r="D163" s="7"/>
+      <c r="E163" s="7"/>
+      <c r="F163" s="65"/>
+      <c r="G163" s="7"/>
+      <c r="H163" s="7"/>
+      <c r="I163" s="7"/>
+    </row>
+    <row r="164" spans="2:9">
+      <c r="B164" s="9"/>
+      <c r="C164" s="7"/>
+      <c r="D164" s="7"/>
+      <c r="E164" s="7"/>
+      <c r="F164" s="65"/>
+      <c r="G164" s="7"/>
+      <c r="H164" s="7"/>
+      <c r="I164" s="7"/>
+    </row>
+    <row r="165" spans="2:9">
+      <c r="B165" s="9"/>
+      <c r="C165" s="7"/>
+      <c r="D165" s="7"/>
+      <c r="E165" s="7"/>
+      <c r="F165" s="65"/>
+      <c r="G165" s="7"/>
+      <c r="H165" s="7"/>
+      <c r="I165" s="7"/>
+    </row>
+    <row r="166" spans="2:9">
+      <c r="B166" s="9"/>
+      <c r="C166" s="7"/>
+      <c r="D166" s="7"/>
+      <c r="E166" s="7"/>
+      <c r="F166" s="65"/>
+      <c r="G166" s="7"/>
+      <c r="H166" s="7"/>
+      <c r="I166" s="7"/>
+    </row>
+    <row r="167" spans="2:9">
+      <c r="B167" s="9"/>
+      <c r="C167" s="7"/>
+      <c r="D167" s="7"/>
+      <c r="E167" s="7"/>
+      <c r="F167" s="65"/>
+      <c r="G167" s="7"/>
+      <c r="H167" s="7"/>
+      <c r="I167" s="7"/>
+    </row>
+    <row r="168" spans="2:9">
+      <c r="B168" s="9"/>
+      <c r="C168" s="7"/>
+      <c r="D168" s="7"/>
+      <c r="E168" s="7"/>
+      <c r="F168" s="65"/>
+      <c r="G168" s="7"/>
+      <c r="H168" s="7"/>
+      <c r="I168" s="7"/>
+    </row>
+    <row r="169" spans="2:9">
+      <c r="B169" s="9"/>
+      <c r="C169" s="7"/>
+      <c r="D169" s="7"/>
+      <c r="E169" s="7"/>
+      <c r="F169" s="65"/>
+      <c r="G169" s="7"/>
+      <c r="H169" s="7"/>
+      <c r="I169" s="7"/>
+    </row>
+    <row r="170" spans="2:9">
+      <c r="B170" s="9"/>
+      <c r="C170" s="7"/>
+      <c r="D170" s="7"/>
+      <c r="E170" s="7"/>
+      <c r="F170" s="65"/>
+      <c r="G170" s="7"/>
+      <c r="H170" s="7"/>
+      <c r="I170" s="7"/>
+    </row>
+    <row r="171" spans="2:9">
+      <c r="B171" s="9"/>
+      <c r="C171" s="7"/>
+      <c r="D171" s="7"/>
+      <c r="E171" s="7"/>
+      <c r="F171" s="65"/>
+      <c r="G171" s="7"/>
+      <c r="H171" s="7"/>
+      <c r="I171" s="7"/>
+    </row>
+    <row r="172" spans="2:9">
+      <c r="B172" s="9"/>
+      <c r="C172" s="7"/>
+      <c r="D172" s="7"/>
+      <c r="E172" s="7"/>
+      <c r="F172" s="65"/>
+      <c r="G172" s="7"/>
+      <c r="H172" s="7"/>
+      <c r="I172" s="7"/>
+    </row>
+    <row r="173" spans="2:9">
+      <c r="B173" s="9"/>
+      <c r="C173" s="7"/>
+      <c r="D173" s="7"/>
+      <c r="E173" s="7"/>
+      <c r="F173" s="65"/>
+      <c r="G173" s="7"/>
+      <c r="H173" s="7"/>
+      <c r="I173" s="7"/>
+    </row>
+    <row r="174" spans="2:9">
+      <c r="B174" s="9"/>
+      <c r="C174" s="7"/>
+      <c r="D174" s="7"/>
+      <c r="E174" s="7"/>
+      <c r="F174" s="65"/>
+      <c r="G174" s="7"/>
+      <c r="H174" s="7"/>
+      <c r="I174" s="7"/>
+    </row>
+    <row r="175" spans="2:9">
+      <c r="B175" s="9"/>
+      <c r="C175" s="7"/>
+      <c r="D175" s="7"/>
+      <c r="E175" s="7"/>
+      <c r="F175" s="65"/>
+      <c r="G175" s="7"/>
+      <c r="H175" s="7"/>
+      <c r="I175" s="7"/>
+    </row>
+    <row r="176" spans="2:9">
+      <c r="B176" s="9"/>
+      <c r="C176" s="7"/>
+      <c r="D176" s="7"/>
+      <c r="E176" s="7"/>
+      <c r="F176" s="65"/>
+      <c r="G176" s="7"/>
+      <c r="H176" s="7"/>
+      <c r="I176" s="7"/>
+    </row>
+    <row r="177" spans="2:9">
+      <c r="B177" s="9"/>
+      <c r="C177" s="7"/>
+      <c r="D177" s="7"/>
+      <c r="E177" s="7"/>
+      <c r="F177" s="65"/>
+      <c r="G177" s="7"/>
+      <c r="H177" s="7"/>
+      <c r="I177" s="7"/>
+    </row>
+    <row r="178" spans="2:9">
+      <c r="B178" s="9"/>
+      <c r="C178" s="7"/>
+      <c r="D178" s="7"/>
+      <c r="E178" s="7"/>
+      <c r="F178" s="65"/>
+      <c r="G178" s="7"/>
+      <c r="H178" s="7"/>
+      <c r="I178" s="7"/>
+    </row>
+    <row r="179" spans="2:9">
+      <c r="B179" s="9"/>
+      <c r="C179" s="7"/>
+      <c r="D179" s="7"/>
+      <c r="E179" s="7"/>
+      <c r="F179" s="65"/>
+      <c r="G179" s="7"/>
+      <c r="H179" s="7"/>
+      <c r="I179" s="7"/>
+    </row>
+    <row r="180" spans="2:9">
+      <c r="B180" s="9"/>
+      <c r="C180" s="7"/>
+      <c r="D180" s="7"/>
+      <c r="E180" s="7"/>
+      <c r="F180" s="65"/>
+      <c r="G180" s="7"/>
+      <c r="H180" s="7"/>
+      <c r="I180" s="7"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="D1:I65" xr:uid="{00000000-0009-0000-0000-000007000000}"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:J165"/>
+  <sheetViews>
+    <sheetView topLeftCell="A52" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I1" sqref="I1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" customWidth="1"/>
+    <col min="3" max="3" width="81.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="22" customWidth="1"/>
+    <col min="5" max="5" width="21.5703125" style="23" customWidth="1"/>
+    <col min="6" max="6" width="20" style="56" customWidth="1"/>
+    <col min="7" max="7" width="15.140625" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" customWidth="1"/>
+    <col min="9" max="9" width="19.28515625" style="56" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="63" customFormat="1" ht="25.5">
+      <c r="A1" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="70" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="14" customFormat="1">
+      <c r="A2" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="D2" s="7">
+        <v>45877</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="65">
+        <v>-156</v>
+      </c>
+      <c r="G2" s="7">
+        <v>45901</v>
+      </c>
+      <c r="H2" s="7">
+        <v>45901</v>
+      </c>
+      <c r="I2" s="65">
+        <v>-156</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" s="14" customFormat="1">
+      <c r="A3" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>302</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D3" s="7">
+        <v>45895</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" s="65">
+        <v>-524.08000000000004</v>
+      </c>
+      <c r="G3" s="7">
+        <v>45901</v>
+      </c>
+      <c r="H3" s="7">
+        <v>45901</v>
+      </c>
+      <c r="I3" s="65">
+        <v>-524.08000000000004</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="14" customFormat="1">
+      <c r="A4" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>303</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D4" s="7">
+        <v>45880</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" s="65">
+        <v>-2750.08</v>
+      </c>
+      <c r="G4" s="7">
+        <v>45901</v>
+      </c>
+      <c r="H4" s="7">
+        <v>45901</v>
+      </c>
+      <c r="I4" s="65">
+        <v>-2750.08</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="14" customFormat="1">
+      <c r="A5" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" s="9"/>
+      <c r="C5" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D5" s="7">
+        <v>45883</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F5" s="65">
+        <v>-570.1</v>
+      </c>
+      <c r="G5" s="7">
+        <v>45903</v>
+      </c>
+      <c r="H5" s="7">
+        <v>45903</v>
+      </c>
+      <c r="I5" s="65">
+        <v>-570.1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="14" customFormat="1">
+      <c r="A6" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" s="9">
+        <v>6578</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D6" s="7">
+        <v>45888</v>
+      </c>
+      <c r="E6" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="F6" s="65">
+        <v>-6900</v>
+      </c>
+      <c r="G6" s="7">
+        <v>45906</v>
+      </c>
+      <c r="H6" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I6" s="65">
+        <v>-6900</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="14" customFormat="1">
+      <c r="A7" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="9"/>
+      <c r="C7" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F7" s="65">
+        <v>-20984</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H7" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I7" s="65">
+        <v>-20984</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="14" customFormat="1">
+      <c r="A8" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="D8" s="7">
+        <v>45881</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="F8" s="65">
+        <v>-4839</v>
+      </c>
+      <c r="G8" s="7">
+        <v>45906</v>
+      </c>
+      <c r="H8" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I8" s="65">
+        <v>-4839</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="14" customFormat="1">
+      <c r="A9" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" s="9"/>
+      <c r="C9" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D9" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="65">
+        <v>-100</v>
+      </c>
+      <c r="G9" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H9" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I9" s="65">
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="14" customFormat="1">
+      <c r="A10" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="65">
+        <v>-232</v>
+      </c>
+      <c r="G10" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H10" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I10" s="65">
+        <v>-232</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="14" customFormat="1">
+      <c r="A11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="65">
+        <v>-5795.56</v>
+      </c>
+      <c r="G11" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H11" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I11" s="65">
+        <v>-5795.56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="14" customFormat="1">
+      <c r="A12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="9"/>
+      <c r="C12" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D12" s="7">
+        <v>45895</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="65">
+        <v>-976.08</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H12" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I12" s="65">
+        <v>-976.08</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="14" customFormat="1">
+      <c r="A13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" s="7">
+        <v>45881</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" s="65">
+        <v>-1721.35</v>
+      </c>
+      <c r="G13" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H13" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I13" s="65">
+        <v>-1721.35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="14" customFormat="1">
+      <c r="A14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="9"/>
+      <c r="C14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+      <c r="G14" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H14" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I14" s="65">
+        <v>-597.20000000000005</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="14" customFormat="1">
+      <c r="A15" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="65">
+        <v>-477.34</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H15" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I15" s="65">
+        <v>-477.34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="14" customFormat="1">
+      <c r="A16" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D16" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="F16" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+      <c r="G16" s="7">
+        <v>45905</v>
+      </c>
+      <c r="H16" s="7">
+        <v>45905</v>
+      </c>
+      <c r="I16" s="65">
+        <v>-619.20000000000005</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="14" customFormat="1">
+      <c r="A17" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="9">
+        <v>2010041</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="D17" s="7">
+        <v>45888</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" s="65">
+        <v>-8214.01</v>
+      </c>
+      <c r="G17" s="7">
+        <v>45908</v>
+      </c>
+      <c r="H17" s="7">
+        <v>45909</v>
+      </c>
+      <c r="I17" s="65">
+        <v>-8214.01</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="7">
+        <v>45896</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" s="65">
+        <v>-122</v>
+      </c>
+      <c r="G18" s="7">
+        <v>45910</v>
+      </c>
+      <c r="H18" s="7">
+        <v>45910</v>
+      </c>
+      <c r="I18" s="65">
+        <v>-122</v>
+      </c>
+      <c r="J18" s="14"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D19" s="7">
+        <v>45904</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="65">
+        <v>-221.75</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45910</v>
+      </c>
+      <c r="H19" s="7">
+        <v>45911</v>
+      </c>
+      <c r="I19" s="65">
+        <v>-221.75</v>
+      </c>
+      <c r="J19" s="14"/>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="9"/>
+      <c r="C20" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>311</v>
+      </c>
+      <c r="F20" s="65">
+        <v>-9.99</v>
+      </c>
+      <c r="G20" s="7">
+        <v>45911</v>
+      </c>
+      <c r="H20" s="7">
+        <v>45911</v>
+      </c>
+      <c r="I20" s="65">
+        <v>-9.99</v>
+      </c>
+      <c r="J20" s="14"/>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="9"/>
+      <c r="C21" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="7">
+        <v>45890</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" s="65">
+        <v>-725.18</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45910</v>
+      </c>
+      <c r="H21" s="7">
+        <v>45911</v>
+      </c>
+      <c r="I21" s="65">
+        <v>-725.18</v>
+      </c>
+      <c r="J21" s="14"/>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="D22" s="7">
+        <v>45904</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="65">
+        <v>-5569.67</v>
+      </c>
+      <c r="G22" s="7">
+        <v>45910</v>
+      </c>
+      <c r="H22" s="7">
+        <v>45911</v>
+      </c>
+      <c r="I22" s="65">
+        <v>-5569.67</v>
+      </c>
+      <c r="J22" s="14"/>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="9">
+        <v>2025</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="D23" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="F23" s="65">
+        <v>-702.45</v>
+      </c>
+      <c r="G23" s="7">
+        <v>45911</v>
+      </c>
+      <c r="H23" s="7">
+        <v>45911</v>
+      </c>
+      <c r="I23" s="65">
+        <v>-702.45</v>
+      </c>
+      <c r="J23" s="14"/>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="9">
+        <v>68</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D24" s="7">
+        <v>45912</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" s="65">
+        <v>-76564.94</v>
+      </c>
+      <c r="G24" s="7">
+        <v>45912</v>
+      </c>
+      <c r="H24" s="7">
+        <v>45912</v>
+      </c>
+      <c r="I24" s="65">
+        <v>-76564.94</v>
+      </c>
+      <c r="J24" s="14"/>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" s="9">
+        <v>2025</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D25" s="7">
+        <v>45917</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="F25" s="65">
+        <v>-2200</v>
+      </c>
+      <c r="G25" s="7">
+        <v>45917</v>
+      </c>
+      <c r="H25" s="7">
+        <v>45917</v>
+      </c>
+      <c r="I25" s="65">
+        <v>-2200</v>
+      </c>
+      <c r="J25" s="14"/>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="9"/>
+      <c r="C26" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" s="65">
+        <v>-1410.09</v>
+      </c>
+      <c r="G26" s="7">
+        <v>45919</v>
+      </c>
+      <c r="H26" s="7">
+        <v>45917</v>
+      </c>
+      <c r="I26" s="65">
+        <v>-1410.09</v>
+      </c>
+      <c r="J26" s="14"/>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" s="9"/>
+      <c r="C27" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D27" s="7">
+        <v>45917</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F27" s="65">
+        <v>-424.53</v>
+      </c>
+      <c r="G27" s="7">
+        <v>45917</v>
+      </c>
+      <c r="H27" s="7">
+        <v>45917</v>
+      </c>
+      <c r="I27" s="65">
+        <v>-424.53</v>
+      </c>
+      <c r="J27" s="14"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="9">
+        <v>119402</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="D28" s="7">
+        <v>45919</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F28" s="65">
+        <v>-1692.6</v>
+      </c>
+      <c r="G28" s="7">
+        <v>45919</v>
+      </c>
+      <c r="H28" s="7">
+        <v>45919</v>
+      </c>
+      <c r="I28" s="65">
+        <v>-1692.6</v>
+      </c>
+      <c r="J28" s="14"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="9">
+        <v>119403</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="D29" s="7">
+        <v>45919</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F29" s="65">
+        <v>-1692.6</v>
+      </c>
+      <c r="G29" s="7">
+        <v>45919</v>
+      </c>
+      <c r="H29" s="7">
+        <v>45919</v>
+      </c>
+      <c r="I29" s="65">
+        <v>-1692.6</v>
+      </c>
+      <c r="J29" s="14"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="9"/>
+      <c r="C30" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D30" s="7">
+        <v>45919</v>
+      </c>
+      <c r="E30" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F30" s="65">
+        <v>-190000</v>
+      </c>
+      <c r="G30" s="7">
+        <v>45919</v>
+      </c>
+      <c r="H30" s="7">
+        <v>45919</v>
+      </c>
+      <c r="I30" s="65">
+        <v>-190000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D31" s="7">
+        <v>45916</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" s="65">
+        <v>-146642.07999999999</v>
+      </c>
+      <c r="G31" s="7">
+        <v>45919</v>
+      </c>
+      <c r="H31" s="7">
+        <v>45919</v>
+      </c>
+      <c r="I31" s="65">
+        <v>-146642.07999999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="D32" s="7">
+        <v>45890</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="F32" s="65">
+        <v>-1149.99</v>
+      </c>
+      <c r="G32" s="7">
+        <v>45918</v>
+      </c>
+      <c r="H32" s="7">
+        <v>45922</v>
+      </c>
+      <c r="I32" s="65">
+        <v>-1149.99</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D33" s="7">
+        <v>45881</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F33" s="65">
+        <v>-8013.35</v>
+      </c>
+      <c r="G33" s="7">
+        <v>45921</v>
+      </c>
+      <c r="H33" s="7">
+        <v>45922</v>
+      </c>
+      <c r="I33" s="65">
+        <v>-8013.35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" s="7">
+        <v>45919</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F34" s="65">
+        <v>-186.4</v>
+      </c>
+      <c r="G34" s="7">
+        <v>45922</v>
+      </c>
+      <c r="H34" s="7">
+        <v>45922</v>
+      </c>
+      <c r="I34" s="65">
+        <v>-186.4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="9">
+        <v>437</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D35" s="7">
+        <v>45925</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F35" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+      <c r="G35" s="7">
+        <v>45925</v>
+      </c>
+      <c r="H35" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I35" s="65">
+        <v>-160.38999999999999</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" s="7">
+        <v>45895</v>
+      </c>
+      <c r="E36" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" s="65">
+        <v>-11097.36</v>
+      </c>
+      <c r="G36" s="7">
+        <v>45924</v>
+      </c>
+      <c r="H36" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I36" s="65">
+        <v>-11097.36</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D37" s="7">
+        <v>45923</v>
+      </c>
+      <c r="E37" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" s="65">
+        <v>-73.88</v>
+      </c>
+      <c r="G37" s="7">
+        <v>45925</v>
+      </c>
+      <c r="H37" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I37" s="65">
+        <v>-73.88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="9"/>
+      <c r="C38" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D38" s="7">
+        <v>45917</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F38" s="65">
+        <v>-28665.21</v>
+      </c>
+      <c r="G38" s="7">
+        <v>45925</v>
+      </c>
+      <c r="H38" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I38" s="71">
+        <v>-28665.21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D39" s="7">
+        <v>45912</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F39" s="65">
+        <v>-1137.07</v>
+      </c>
+      <c r="G39" s="7">
+        <v>45925</v>
+      </c>
+      <c r="H39" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I39" s="71">
+        <v>-1137.07</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="9"/>
+      <c r="C40" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="7">
+        <v>45924</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" s="65">
+        <v>-1656</v>
+      </c>
+      <c r="G40" s="7">
+        <v>45926</v>
+      </c>
+      <c r="H40" s="7">
+        <v>45925</v>
+      </c>
+      <c r="I40" s="71">
+        <v>-1656</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="9">
+        <v>699631</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="D41" s="7">
+        <v>45929</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F41" s="65">
+        <v>-7665.9</v>
+      </c>
+      <c r="G41" s="7">
+        <v>45929</v>
+      </c>
+      <c r="H41" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I41" s="65">
+        <v>-7665.9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D42" s="7">
+        <v>45903</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F42" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G42" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H42" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I42" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D43" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="F43" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G43" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H43" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I43" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D44" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F44" s="65">
+        <v>-799.67</v>
+      </c>
+      <c r="G44" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H44" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I44" s="65">
+        <v>-799.67</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D45" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F45" s="65">
+        <v>-2052.46</v>
+      </c>
+      <c r="G45" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H45" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I45" s="65">
+        <v>-2052.46</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D46" s="7">
+        <v>45903</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F46" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G46" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H46" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I46" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D47" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F47" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G47" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H47" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I47" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="9"/>
+      <c r="C48" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D48" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" s="65">
+        <v>-1522.5</v>
+      </c>
+      <c r="G48" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H48" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I48" s="65">
+        <v>-1522.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="9"/>
+      <c r="C49" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D49" s="7">
+        <v>45929</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="F49" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G49" s="7">
+        <v>45929</v>
+      </c>
+      <c r="H49" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I49" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D50" s="7">
+        <v>45903</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F50" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G50" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H50" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I50" s="65">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="9"/>
+      <c r="C51" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D51" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G51" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H51" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I51" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="9"/>
+      <c r="C52" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D52" s="7">
+        <v>45929</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F52" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G52" s="7">
+        <v>45929</v>
+      </c>
+      <c r="H52" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I52" s="65">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="7">
+        <v>45918</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F53" s="65">
+        <v>-109.52</v>
+      </c>
+      <c r="G53" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H53" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I53" s="65">
+        <v>-109.52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B54" s="9"/>
+      <c r="C54" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D54" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F54" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G54" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H54" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I54" s="71">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B55" s="9"/>
+      <c r="C55" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F55" s="65">
+        <v>-2100</v>
+      </c>
+      <c r="G55" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H55" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I55" s="71">
+        <v>-2100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D56" s="7">
+        <v>45912</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F56" s="65">
+        <v>-1033.51</v>
+      </c>
+      <c r="G56" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H56" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I56" s="71">
+        <v>-1033.51</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B57" s="9"/>
+      <c r="C57" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D57" s="7">
+        <v>45911</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="F57" s="65">
+        <v>-1869</v>
+      </c>
+      <c r="G57" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H57" s="7">
+        <v>45929</v>
+      </c>
+      <c r="I57" s="71">
+        <v>-1869</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>320</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D58" s="7">
+        <v>45905</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F58" s="65">
+        <v>-76564.94</v>
+      </c>
+      <c r="G58" s="7">
+        <v>45929</v>
+      </c>
+      <c r="H58" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I58" s="65">
+        <v>-76564.94</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B59" s="9"/>
+      <c r="C59" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D59" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" s="65">
+        <v>-2027.65</v>
+      </c>
+      <c r="G59" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H59" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I59" s="65">
+        <v>-2027.65</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" s="65">
+        <v>-5567.18</v>
+      </c>
+      <c r="G60" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H60" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I60" s="65">
+        <v>-5567.18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B61" s="9"/>
+      <c r="C61" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" s="65">
+        <v>-14743.07</v>
+      </c>
+      <c r="G61" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H61" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I61" s="65">
+        <v>-14743.07</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D62" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F62" s="65">
+        <v>-11717</v>
+      </c>
+      <c r="G62" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H62" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I62" s="65">
+        <v>-11717</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D63" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F63" s="65">
+        <v>-597.4</v>
+      </c>
+      <c r="G63" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H63" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I63" s="65">
+        <v>-597.4</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" s="65">
+        <v>-7755.24</v>
+      </c>
+      <c r="G64" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H64" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I64" s="65">
+        <v>-7755.24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="9">
+        <v>29</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D65" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F65" s="65">
+        <v>-2650</v>
+      </c>
+      <c r="G65" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H65" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I65" s="65">
+        <v>-2650</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15.75" thickBot="1">
+      <c r="A66" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B66" s="9">
+        <v>28</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D66" s="7">
+        <v>45930</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F66" s="65">
+        <v>-2955</v>
+      </c>
+      <c r="G66" s="7">
+        <v>45930</v>
+      </c>
+      <c r="H66" s="7">
+        <v>45930</v>
+      </c>
+      <c r="I66" s="67">
+        <v>-2955</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15.75" thickBot="1">
+      <c r="B67" s="9"/>
+      <c r="C67" s="7"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="65"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="69">
+        <f>SUM(I2:I66)</f>
+        <v>-694702.07000000007</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="B68" s="9"/>
+      <c r="C68" s="7"/>
+      <c r="D68" s="7"/>
+      <c r="E68" s="7"/>
+      <c r="F68" s="65"/>
+      <c r="G68" s="7"/>
+      <c r="H68" s="7"/>
+      <c r="I68" s="68"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="B69" s="9"/>
+      <c r="C69" s="7"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="7"/>
+      <c r="F69" s="65"/>
+      <c r="G69" s="7"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="7"/>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="B70" s="9"/>
+      <c r="C70" s="7"/>
+      <c r="D70" s="7"/>
+      <c r="E70" s="7"/>
+      <c r="F70" s="65"/>
+      <c r="G70" s="7"/>
+      <c r="H70" s="7"/>
+      <c r="I70" s="7"/>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="B71" s="9"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="7"/>
+      <c r="F71" s="65"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="7"/>
+      <c r="I71" s="7"/>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="B72" s="9"/>
+      <c r="C72" s="7"/>
+      <c r="D72" s="7"/>
+      <c r="E72" s="7"/>
+      <c r="F72" s="65"/>
+      <c r="G72" s="7"/>
+      <c r="H72" s="7"/>
+      <c r="I72" s="7"/>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="B73" s="9"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="65"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7"/>
+      <c r="I73" s="7"/>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="B74" s="9"/>
+      <c r="C74" s="7"/>
+      <c r="D74" s="7"/>
+      <c r="E74" s="7"/>
+      <c r="F74" s="65"/>
+      <c r="G74" s="7"/>
+      <c r="H74" s="7"/>
+      <c r="I74" s="7"/>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="B75" s="9"/>
+      <c r="C75" s="7"/>
+      <c r="D75" s="7"/>
+      <c r="E75" s="7"/>
+      <c r="F75" s="65"/>
+      <c r="G75" s="7"/>
+      <c r="H75" s="7"/>
+      <c r="I75" s="7"/>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="B76" s="9"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="65"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="B77" s="9"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="7"/>
+      <c r="E77" s="7"/>
+      <c r="F77" s="65"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="B78" s="9"/>
+      <c r="C78" s="7"/>
+      <c r="D78" s="7"/>
+      <c r="E78" s="7"/>
+      <c r="F78" s="65"/>
+      <c r="G78" s="7"/>
+      <c r="H78" s="7"/>
+      <c r="I78" s="7"/>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="B79" s="9"/>
+      <c r="C79" s="7"/>
+      <c r="D79" s="7"/>
+      <c r="E79" s="7"/>
+      <c r="F79" s="65"/>
+      <c r="G79" s="7"/>
+      <c r="H79" s="7"/>
+      <c r="I79" s="7"/>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="B80" s="9"/>
+      <c r="C80" s="7"/>
+      <c r="D80" s="7"/>
+      <c r="E80" s="7"/>
+      <c r="F80" s="65"/>
+      <c r="G80" s="7"/>
+      <c r="H80" s="7"/>
+      <c r="I80" s="7"/>
+    </row>
+    <row r="81" spans="2:9">
+      <c r="B81" s="9"/>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="65"/>
+      <c r="G81" s="7"/>
+      <c r="H81" s="7"/>
+      <c r="I81" s="7"/>
+    </row>
+    <row r="82" spans="2:9">
+      <c r="B82" s="9"/>
+      <c r="C82" s="7"/>
+      <c r="D82" s="7"/>
+      <c r="E82" s="7"/>
+      <c r="F82" s="65"/>
+      <c r="G82" s="7"/>
+      <c r="H82" s="7"/>
+      <c r="I82" s="7"/>
+    </row>
+    <row r="83" spans="2:9">
+      <c r="B83" s="9"/>
+      <c r="C83" s="7"/>
+      <c r="D83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="65"/>
+      <c r="G83" s="7"/>
+      <c r="H83" s="7"/>
+      <c r="I83" s="7"/>
+    </row>
+    <row r="84" spans="2:9">
+      <c r="B84" s="9"/>
+      <c r="C84" s="7"/>
+      <c r="D84" s="7"/>
+      <c r="E84" s="7"/>
+      <c r="F84" s="65"/>
+      <c r="G84" s="7"/>
+      <c r="H84" s="7"/>
+      <c r="I84" s="7"/>
+    </row>
+    <row r="85" spans="2:9">
+      <c r="B85" s="9"/>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="65"/>
+      <c r="G85" s="7"/>
+      <c r="H85" s="7"/>
+      <c r="I85" s="7"/>
+    </row>
+    <row r="86" spans="2:9">
+      <c r="B86" s="9"/>
+      <c r="C86" s="7"/>
+      <c r="D86" s="7"/>
+      <c r="E86" s="7"/>
+      <c r="F86" s="65"/>
+      <c r="G86" s="7"/>
+      <c r="H86" s="7"/>
+      <c r="I86" s="7"/>
+    </row>
+    <row r="87" spans="2:9">
+      <c r="B87" s="9"/>
+      <c r="C87" s="7"/>
+      <c r="D87" s="7"/>
+      <c r="E87" s="7"/>
+      <c r="F87" s="65"/>
+      <c r="G87" s="7"/>
+      <c r="H87" s="7"/>
+      <c r="I87" s="7"/>
+    </row>
+    <row r="88" spans="2:9">
+      <c r="B88" s="9"/>
+      <c r="C88" s="7"/>
+      <c r="D88" s="7"/>
+      <c r="E88" s="7"/>
+      <c r="F88" s="65"/>
+      <c r="G88" s="7"/>
+      <c r="H88" s="7"/>
+      <c r="I88" s="7"/>
+    </row>
+    <row r="89" spans="2:9">
+      <c r="B89" s="9"/>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="65"/>
+      <c r="G89" s="7"/>
+      <c r="H89" s="7"/>
+      <c r="I89" s="7"/>
+    </row>
+    <row r="90" spans="2:9">
+      <c r="B90" s="9"/>
+      <c r="C90" s="7"/>
+      <c r="D90" s="7"/>
+      <c r="E90" s="7"/>
+      <c r="F90" s="65"/>
+      <c r="G90" s="7"/>
+      <c r="H90" s="7"/>
+      <c r="I90" s="7"/>
+    </row>
+    <row r="91" spans="2:9">
+      <c r="B91" s="9"/>
+      <c r="C91" s="7"/>
+      <c r="D91" s="7"/>
+      <c r="E91" s="7"/>
+      <c r="F91" s="65"/>
+      <c r="G91" s="7"/>
+      <c r="H91" s="7"/>
+      <c r="I91" s="7"/>
+    </row>
+    <row r="92" spans="2:9">
+      <c r="B92" s="9"/>
+      <c r="C92" s="7"/>
+      <c r="D92" s="7"/>
+      <c r="E92" s="7"/>
+      <c r="F92" s="65"/>
+      <c r="G92" s="7"/>
+      <c r="H92" s="7"/>
+      <c r="I92" s="7"/>
+    </row>
+    <row r="93" spans="2:9">
+      <c r="B93" s="9"/>
+      <c r="C93" s="7"/>
+      <c r="D93" s="7"/>
+      <c r="E93" s="7"/>
+      <c r="F93" s="65"/>
+      <c r="G93" s="7"/>
+      <c r="H93" s="7"/>
+      <c r="I93" s="7"/>
+    </row>
+    <row r="94" spans="2:9">
+      <c r="B94" s="9"/>
+      <c r="C94" s="7"/>
+      <c r="D94" s="7"/>
+      <c r="E94" s="7"/>
+      <c r="F94" s="65"/>
+      <c r="G94" s="7"/>
+      <c r="H94" s="7"/>
+      <c r="I94" s="7"/>
+    </row>
+    <row r="95" spans="2:9">
+      <c r="B95" s="9"/>
+      <c r="C95" s="7"/>
+      <c r="D95" s="7"/>
+      <c r="E95" s="7"/>
+      <c r="F95" s="65"/>
+      <c r="G95" s="7"/>
+      <c r="H95" s="7"/>
+      <c r="I95" s="7"/>
+    </row>
+    <row r="96" spans="2:9">
+      <c r="B96" s="9"/>
+      <c r="C96" s="7"/>
+      <c r="D96" s="7"/>
+      <c r="E96" s="7"/>
+      <c r="F96" s="65"/>
+      <c r="G96" s="7"/>
+      <c r="H96" s="7"/>
+      <c r="I96" s="7"/>
+    </row>
+    <row r="97" spans="2:9">
+      <c r="B97" s="9"/>
+      <c r="C97" s="7"/>
+      <c r="D97" s="7"/>
+      <c r="E97" s="7"/>
+      <c r="F97" s="65"/>
+      <c r="G97" s="7"/>
+      <c r="H97" s="7"/>
+      <c r="I97" s="7"/>
+    </row>
+    <row r="98" spans="2:9">
+      <c r="B98" s="9"/>
+      <c r="C98" s="7"/>
+      <c r="D98" s="7"/>
+      <c r="E98" s="7"/>
+      <c r="F98" s="65"/>
+      <c r="G98" s="7"/>
+      <c r="H98" s="7"/>
+      <c r="I98" s="7"/>
+    </row>
+    <row r="99" spans="2:9">
+      <c r="B99" s="9"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
+      <c r="F99" s="65"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="7"/>
+      <c r="I99" s="7"/>
+    </row>
+    <row r="100" spans="2:9">
+      <c r="B100" s="9"/>
+      <c r="C100" s="7"/>
+      <c r="D100" s="7"/>
+      <c r="E100" s="7"/>
+      <c r="F100" s="65"/>
+      <c r="G100" s="7"/>
+      <c r="H100" s="7"/>
+      <c r="I100" s="7"/>
+    </row>
+    <row r="101" spans="2:9">
+      <c r="B101" s="9"/>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="65"/>
+      <c r="G101" s="7"/>
+      <c r="H101" s="7"/>
+      <c r="I101" s="7"/>
+    </row>
+    <row r="102" spans="2:9">
+      <c r="B102" s="9"/>
+      <c r="C102" s="7"/>
+      <c r="D102" s="7"/>
+      <c r="E102" s="7"/>
+      <c r="F102" s="65"/>
+      <c r="G102" s="7"/>
+      <c r="H102" s="7"/>
+      <c r="I102" s="7"/>
+    </row>
+    <row r="103" spans="2:9">
+      <c r="B103" s="9"/>
+      <c r="C103" s="7"/>
+      <c r="D103" s="7"/>
+      <c r="E103" s="7"/>
+      <c r="F103" s="65"/>
+      <c r="G103" s="7"/>
+      <c r="H103" s="7"/>
+      <c r="I103" s="7"/>
+    </row>
+    <row r="104" spans="2:9">
+      <c r="B104" s="9"/>
+      <c r="C104" s="7"/>
+      <c r="D104" s="7"/>
+      <c r="E104" s="7"/>
+      <c r="F104" s="65"/>
+      <c r="G104" s="7"/>
+      <c r="H104" s="7"/>
+      <c r="I104" s="7"/>
+    </row>
+    <row r="105" spans="2:9">
+      <c r="B105" s="9"/>
+      <c r="C105" s="7"/>
+      <c r="D105" s="7"/>
+      <c r="E105" s="7"/>
+      <c r="F105" s="65"/>
+      <c r="G105" s="7"/>
+      <c r="H105" s="7"/>
+      <c r="I105" s="7"/>
+    </row>
+    <row r="106" spans="2:9">
+      <c r="B106" s="9"/>
+      <c r="C106" s="7"/>
+      <c r="D106" s="7"/>
+      <c r="E106" s="7"/>
+      <c r="F106" s="65"/>
+      <c r="G106" s="7"/>
+      <c r="H106" s="7"/>
+      <c r="I106" s="7"/>
+    </row>
+    <row r="107" spans="2:9">
+      <c r="B107" s="9"/>
+      <c r="C107" s="7"/>
+      <c r="D107" s="7"/>
+      <c r="E107" s="7"/>
+      <c r="F107" s="65"/>
+      <c r="G107" s="7"/>
+      <c r="H107" s="7"/>
+      <c r="I107" s="7"/>
+    </row>
+    <row r="108" spans="2:9">
+      <c r="B108" s="9"/>
+      <c r="C108" s="7"/>
+      <c r="D108" s="7"/>
+      <c r="E108" s="7"/>
+      <c r="F108" s="65"/>
+      <c r="G108" s="7"/>
+      <c r="H108" s="7"/>
+      <c r="I108" s="7"/>
+    </row>
+    <row r="109" spans="2:9">
+      <c r="B109" s="9"/>
+      <c r="C109" s="7"/>
+      <c r="D109" s="7"/>
+      <c r="E109" s="7"/>
+      <c r="F109" s="65"/>
+      <c r="G109" s="7"/>
+      <c r="H109" s="7"/>
+      <c r="I109" s="7"/>
+    </row>
+    <row r="110" spans="2:9">
+      <c r="B110" s="9"/>
+      <c r="C110" s="7"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="65"/>
+      <c r="G110" s="7"/>
+      <c r="H110" s="7"/>
+      <c r="I110" s="7"/>
+    </row>
+    <row r="111" spans="2:9">
+      <c r="B111" s="9"/>
+      <c r="C111" s="7"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="F111" s="65"/>
+      <c r="G111" s="7"/>
+      <c r="H111" s="7"/>
+      <c r="I111" s="7"/>
+    </row>
+    <row r="112" spans="2:9">
+      <c r="B112" s="9"/>
+      <c r="C112" s="7"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="7"/>
+      <c r="F112" s="65"/>
+      <c r="G112" s="7"/>
+      <c r="H112" s="7"/>
+      <c r="I112" s="7"/>
+    </row>
+    <row r="113" spans="2:9">
+      <c r="B113" s="9"/>
+      <c r="C113" s="7"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="65"/>
+      <c r="G113" s="7"/>
+      <c r="H113" s="7"/>
+      <c r="I113" s="7"/>
+    </row>
+    <row r="114" spans="2:9">
+      <c r="B114" s="9"/>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="65"/>
+      <c r="G114" s="7"/>
+      <c r="H114" s="7"/>
+      <c r="I114" s="7"/>
+    </row>
+    <row r="115" spans="2:9">
+      <c r="B115" s="9"/>
+      <c r="C115" s="7"/>
+      <c r="D115" s="7"/>
+      <c r="E115" s="7"/>
+      <c r="F115" s="65"/>
+      <c r="G115" s="7"/>
+      <c r="H115" s="7"/>
+      <c r="I115" s="7"/>
+    </row>
+    <row r="116" spans="2:9">
+      <c r="B116" s="9"/>
+      <c r="C116" s="7"/>
+      <c r="D116" s="7"/>
+      <c r="E116" s="7"/>
+      <c r="F116" s="65"/>
+      <c r="G116" s="7"/>
+      <c r="H116" s="7"/>
+      <c r="I116" s="7"/>
+    </row>
+    <row r="117" spans="2:9">
+      <c r="B117" s="9"/>
+      <c r="C117" s="7"/>
+      <c r="D117" s="7"/>
+      <c r="E117" s="7"/>
+      <c r="F117" s="65"/>
+      <c r="G117" s="7"/>
+      <c r="H117" s="7"/>
+      <c r="I117" s="7"/>
+    </row>
+    <row r="118" spans="2:9">
+      <c r="B118" s="9"/>
+      <c r="C118" s="7"/>
+      <c r="D118" s="7"/>
+      <c r="E118" s="7"/>
+      <c r="F118" s="65"/>
+      <c r="G118" s="7"/>
+      <c r="H118" s="7"/>
+      <c r="I118" s="7"/>
+    </row>
+    <row r="119" spans="2:9">
+      <c r="B119" s="9"/>
+      <c r="C119" s="7"/>
+      <c r="D119" s="7"/>
+      <c r="E119" s="7"/>
+      <c r="F119" s="65"/>
+      <c r="G119" s="7"/>
+      <c r="H119" s="7"/>
+      <c r="I119" s="7"/>
+    </row>
+    <row r="120" spans="2:9">
+      <c r="B120" s="9"/>
+      <c r="C120" s="7"/>
+      <c r="D120" s="7"/>
+      <c r="E120" s="7"/>
+      <c r="F120" s="65"/>
+      <c r="G120" s="7"/>
+      <c r="H120" s="7"/>
+      <c r="I120" s="7"/>
+    </row>
+    <row r="121" spans="2:9">
+      <c r="B121" s="9"/>
+      <c r="C121" s="7"/>
+      <c r="D121" s="7"/>
+      <c r="E121" s="7"/>
+      <c r="F121" s="65"/>
+      <c r="G121" s="7"/>
+      <c r="H121" s="7"/>
+      <c r="I121" s="7"/>
+    </row>
+    <row r="122" spans="2:9">
+      <c r="B122" s="9"/>
+      <c r="C122" s="7"/>
+      <c r="D122" s="7"/>
+      <c r="E122" s="7"/>
+      <c r="F122" s="65"/>
+      <c r="G122" s="7"/>
+      <c r="H122" s="7"/>
+      <c r="I122" s="7"/>
+    </row>
+    <row r="123" spans="2:9">
+      <c r="B123" s="9"/>
+      <c r="C123" s="7"/>
+      <c r="D123" s="7"/>
+      <c r="E123" s="7"/>
+      <c r="F123" s="65"/>
+      <c r="G123" s="7"/>
+      <c r="H123" s="7"/>
+      <c r="I123" s="7"/>
+    </row>
+    <row r="124" spans="2:9">
+      <c r="B124" s="9"/>
+      <c r="C124" s="7"/>
+      <c r="D124" s="7"/>
+      <c r="E124" s="7"/>
+      <c r="F124" s="65"/>
+      <c r="G124" s="7"/>
+      <c r="H124" s="7"/>
+      <c r="I124" s="7"/>
+    </row>
+    <row r="125" spans="2:9">
+      <c r="B125" s="9"/>
+      <c r="C125" s="7"/>
+      <c r="D125" s="7"/>
+      <c r="E125" s="7"/>
+      <c r="F125" s="65"/>
+      <c r="G125" s="7"/>
+      <c r="H125" s="7"/>
+      <c r="I125" s="7"/>
+    </row>
+    <row r="126" spans="2:9">
+      <c r="B126" s="9"/>
+      <c r="C126" s="7"/>
+      <c r="D126" s="7"/>
+      <c r="E126" s="7"/>
+      <c r="F126" s="65"/>
+      <c r="G126" s="7"/>
+      <c r="H126" s="7"/>
+      <c r="I126" s="7"/>
+    </row>
+    <row r="127" spans="2:9">
+      <c r="B127" s="9"/>
+      <c r="C127" s="7"/>
+      <c r="D127" s="7"/>
+      <c r="E127" s="7"/>
+      <c r="F127" s="65"/>
+      <c r="G127" s="7"/>
+      <c r="H127" s="7"/>
+      <c r="I127" s="7"/>
+    </row>
+    <row r="128" spans="2:9">
+      <c r="B128" s="9"/>
+      <c r="C128" s="7"/>
+      <c r="D128" s="7"/>
+      <c r="E128" s="7"/>
+      <c r="F128" s="65"/>
+      <c r="G128" s="7"/>
+      <c r="H128" s="7"/>
+      <c r="I128" s="7"/>
+    </row>
+    <row r="129" spans="2:9">
+      <c r="B129" s="9"/>
+      <c r="C129" s="7"/>
+      <c r="D129" s="7"/>
+      <c r="E129" s="7"/>
+      <c r="F129" s="65"/>
+      <c r="G129" s="7"/>
+      <c r="H129" s="7"/>
+      <c r="I129" s="7"/>
+    </row>
+    <row r="130" spans="2:9">
+      <c r="B130" s="9"/>
+      <c r="C130" s="7"/>
+      <c r="D130" s="7"/>
+      <c r="E130" s="7"/>
+      <c r="F130" s="65"/>
+      <c r="G130" s="7"/>
+      <c r="H130" s="7"/>
+      <c r="I130" s="7"/>
+    </row>
+    <row r="131" spans="2:9">
+      <c r="B131" s="9"/>
+      <c r="C131" s="7"/>
+      <c r="D131" s="7"/>
+      <c r="E131" s="7"/>
+      <c r="F131" s="65"/>
+      <c r="G131" s="7"/>
+      <c r="H131" s="7"/>
+      <c r="I131" s="7"/>
+    </row>
+    <row r="132" spans="2:9">
+      <c r="B132" s="9"/>
+      <c r="C132" s="7"/>
+      <c r="D132" s="7"/>
+      <c r="E132" s="7"/>
+      <c r="F132" s="65"/>
+      <c r="G132" s="7"/>
+      <c r="H132" s="7"/>
+      <c r="I132" s="7"/>
+    </row>
+    <row r="133" spans="2:9">
+      <c r="B133" s="9"/>
+      <c r="C133" s="7"/>
+      <c r="D133" s="7"/>
+      <c r="E133" s="7"/>
+      <c r="F133" s="65"/>
+      <c r="G133" s="7"/>
+      <c r="H133" s="7"/>
+      <c r="I133" s="7"/>
+    </row>
+    <row r="134" spans="2:9">
+      <c r="B134" s="9"/>
+      <c r="C134" s="7"/>
+      <c r="D134" s="7"/>
+      <c r="E134" s="7"/>
+      <c r="F134" s="65"/>
+      <c r="G134" s="7"/>
+      <c r="H134" s="7"/>
+      <c r="I134" s="7"/>
+    </row>
+    <row r="135" spans="2:9">
+      <c r="B135" s="9"/>
+      <c r="C135" s="7"/>
+      <c r="D135" s="7"/>
+      <c r="E135" s="7"/>
+      <c r="F135" s="65"/>
+      <c r="G135" s="7"/>
+      <c r="H135" s="7"/>
+      <c r="I135" s="7"/>
+    </row>
+    <row r="136" spans="2:9">
+      <c r="B136" s="9"/>
+      <c r="C136" s="7"/>
+      <c r="D136" s="7"/>
+      <c r="E136" s="7"/>
+      <c r="F136" s="65"/>
+      <c r="G136" s="7"/>
+      <c r="H136" s="7"/>
+      <c r="I136" s="7"/>
+    </row>
+    <row r="137" spans="2:9">
+      <c r="B137" s="9"/>
+      <c r="C137" s="7"/>
+      <c r="D137" s="7"/>
+      <c r="E137" s="7"/>
+      <c r="F137" s="65"/>
+      <c r="G137" s="7"/>
+      <c r="H137" s="7"/>
+      <c r="I137" s="7"/>
+    </row>
+    <row r="138" spans="2:9">
+      <c r="B138" s="9"/>
+      <c r="C138" s="7"/>
+      <c r="D138" s="7"/>
+      <c r="E138" s="7"/>
+      <c r="F138" s="65"/>
+      <c r="G138" s="7"/>
+      <c r="H138" s="7"/>
+      <c r="I138" s="7"/>
+    </row>
+    <row r="139" spans="2:9">
+      <c r="B139" s="9"/>
+      <c r="C139" s="7"/>
+      <c r="D139" s="7"/>
+      <c r="E139" s="7"/>
+      <c r="F139" s="65"/>
+      <c r="G139" s="7"/>
+      <c r="H139" s="7"/>
+      <c r="I139" s="7"/>
+    </row>
+    <row r="140" spans="2:9">
+      <c r="B140" s="9"/>
+      <c r="C140" s="7"/>
+      <c r="D140" s="7"/>
+      <c r="E140" s="7"/>
+      <c r="F140" s="65"/>
+      <c r="G140" s="7"/>
+      <c r="H140" s="7"/>
+      <c r="I140" s="7"/>
+    </row>
+    <row r="141" spans="2:9">
+      <c r="B141" s="9"/>
+      <c r="C141" s="7"/>
+      <c r="D141" s="7"/>
+      <c r="E141" s="7"/>
+      <c r="F141" s="65"/>
+      <c r="G141" s="7"/>
+      <c r="H141" s="7"/>
+      <c r="I141" s="7"/>
+    </row>
+    <row r="142" spans="2:9">
+      <c r="B142" s="9"/>
+      <c r="C142" s="7"/>
+      <c r="D142" s="7"/>
+      <c r="E142" s="7"/>
+      <c r="F142" s="65"/>
+      <c r="G142" s="7"/>
+      <c r="H142" s="7"/>
+      <c r="I142" s="7"/>
+    </row>
+    <row r="143" spans="2:9">
+      <c r="B143" s="9"/>
+      <c r="C143" s="7"/>
+      <c r="D143" s="7"/>
+      <c r="E143" s="7"/>
+      <c r="F143" s="65"/>
+      <c r="G143" s="7"/>
+      <c r="H143" s="7"/>
+      <c r="I143" s="7"/>
+    </row>
+    <row r="144" spans="2:9">
+      <c r="B144" s="9"/>
+      <c r="C144" s="7"/>
+      <c r="D144" s="7"/>
+      <c r="E144" s="7"/>
+      <c r="F144" s="65"/>
+      <c r="G144" s="7"/>
+      <c r="H144" s="7"/>
+      <c r="I144" s="7"/>
+    </row>
+    <row r="145" spans="2:9">
+      <c r="B145" s="9"/>
+      <c r="C145" s="7"/>
+      <c r="D145" s="7"/>
+      <c r="E145" s="7"/>
+      <c r="F145" s="65"/>
+      <c r="G145" s="7"/>
+      <c r="H145" s="7"/>
+      <c r="I145" s="7"/>
+    </row>
+    <row r="146" spans="2:9">
+      <c r="B146" s="9"/>
+      <c r="C146" s="7"/>
+      <c r="D146" s="7"/>
+      <c r="E146" s="7"/>
+      <c r="F146" s="65"/>
+      <c r="G146" s="7"/>
+      <c r="H146" s="7"/>
+      <c r="I146" s="7"/>
+    </row>
+    <row r="147" spans="2:9">
+      <c r="B147" s="9"/>
+      <c r="C147" s="7"/>
+      <c r="D147" s="7"/>
+      <c r="E147" s="7"/>
+      <c r="F147" s="65"/>
+      <c r="G147" s="7"/>
+      <c r="H147" s="7"/>
+      <c r="I147" s="7"/>
+    </row>
+    <row r="148" spans="2:9">
+      <c r="B148" s="9"/>
+      <c r="C148" s="7"/>
+      <c r="D148" s="7"/>
+      <c r="E148" s="7"/>
+      <c r="F148" s="65"/>
+      <c r="G148" s="7"/>
+      <c r="H148" s="7"/>
+      <c r="I148" s="7"/>
+    </row>
+    <row r="149" spans="2:9">
+      <c r="B149" s="9"/>
+      <c r="C149" s="7"/>
+      <c r="D149" s="7"/>
+      <c r="E149" s="7"/>
+      <c r="F149" s="65"/>
+      <c r="G149" s="7"/>
+      <c r="H149" s="7"/>
+      <c r="I149" s="7"/>
+    </row>
+    <row r="150" spans="2:9">
+      <c r="B150" s="9"/>
+      <c r="C150" s="7"/>
+      <c r="D150" s="7"/>
+      <c r="E150" s="7"/>
+      <c r="F150" s="65"/>
+      <c r="G150" s="7"/>
+      <c r="H150" s="7"/>
+      <c r="I150" s="7"/>
+    </row>
+    <row r="151" spans="2:9">
+      <c r="B151" s="9"/>
+      <c r="C151" s="7"/>
+      <c r="D151" s="7"/>
+      <c r="E151" s="7"/>
+      <c r="F151" s="65"/>
+      <c r="G151" s="7"/>
+      <c r="H151" s="7"/>
+      <c r="I151" s="7"/>
+    </row>
+    <row r="152" spans="2:9">
+      <c r="B152" s="9"/>
+      <c r="C152" s="7"/>
+      <c r="D152" s="7"/>
+      <c r="E152" s="7"/>
+      <c r="F152" s="65"/>
+      <c r="G152" s="7"/>
+      <c r="H152" s="7"/>
+      <c r="I152" s="7"/>
+    </row>
+    <row r="153" spans="2:9">
+      <c r="B153" s="9"/>
+      <c r="C153" s="7"/>
+      <c r="D153" s="7"/>
+      <c r="E153" s="7"/>
+      <c r="F153" s="65"/>
+      <c r="G153" s="7"/>
+      <c r="H153" s="7"/>
+      <c r="I153" s="7"/>
+    </row>
+    <row r="154" spans="2:9">
+      <c r="B154" s="9"/>
+      <c r="C154" s="7"/>
+      <c r="D154" s="7"/>
+      <c r="E154" s="7"/>
+      <c r="F154" s="65"/>
+      <c r="G154" s="7"/>
+      <c r="H154" s="7"/>
+      <c r="I154" s="7"/>
+    </row>
+    <row r="155" spans="2:9">
+      <c r="B155" s="9"/>
+      <c r="C155" s="7"/>
+      <c r="D155" s="7"/>
+      <c r="E155" s="7"/>
+      <c r="F155" s="65"/>
+      <c r="G155" s="7"/>
+      <c r="H155" s="7"/>
+      <c r="I155" s="7"/>
+    </row>
+    <row r="156" spans="2:9">
+      <c r="B156" s="9"/>
+      <c r="C156" s="7"/>
+      <c r="D156" s="7"/>
+      <c r="E156" s="7"/>
+      <c r="F156" s="65"/>
+      <c r="G156" s="7"/>
+      <c r="H156" s="7"/>
+      <c r="I156" s="7"/>
+    </row>
+    <row r="157" spans="2:9">
+      <c r="B157" s="9"/>
+      <c r="C157" s="7"/>
+      <c r="D157" s="7"/>
+      <c r="E157" s="7"/>
+      <c r="F157" s="65"/>
+      <c r="G157" s="7"/>
+      <c r="H157" s="7"/>
+      <c r="I157" s="7"/>
+    </row>
+    <row r="158" spans="2:9">
+      <c r="B158" s="9"/>
+      <c r="C158" s="7"/>
+      <c r="D158" s="7"/>
+      <c r="E158" s="7"/>
+      <c r="F158" s="65"/>
+      <c r="G158" s="7"/>
+      <c r="H158" s="7"/>
+      <c r="I158" s="7"/>
+    </row>
+    <row r="159" spans="2:9">
+      <c r="B159" s="9"/>
+      <c r="C159" s="7"/>
+      <c r="D159" s="7"/>
+      <c r="E159" s="7"/>
+      <c r="F159" s="65"/>
+      <c r="G159" s="7"/>
+      <c r="H159" s="7"/>
+      <c r="I159" s="7"/>
+    </row>
+    <row r="160" spans="2:9">
+      <c r="B160" s="9"/>
+      <c r="C160" s="7"/>
+      <c r="D160" s="7"/>
+      <c r="E160" s="7"/>
+      <c r="F160" s="65"/>
+      <c r="G160" s="7"/>
+      <c r="H160" s="7"/>
+      <c r="I160" s="7"/>
+    </row>
+    <row r="161" spans="2:9">
+      <c r="B161" s="9"/>
+      <c r="C161" s="7"/>
+      <c r="D161" s="7"/>
+      <c r="E161" s="7"/>
+      <c r="F161" s="65"/>
+      <c r="G161" s="7"/>
+      <c r="H161" s="7"/>
+      <c r="I161" s="7"/>
+    </row>
+    <row r="162" spans="2:9">
+      <c r="B162" s="9"/>
+      <c r="C162" s="7"/>
+      <c r="D162" s="7"/>
+      <c r="E162" s="7"/>
+      <c r="F162" s="65"/>
+      <c r="G162" s="7"/>
+      <c r="H162" s="7"/>
+      <c r="I162" s="7"/>
+    </row>
+    <row r="163" spans="2:9">
+      <c r="B163" s="9"/>
+      <c r="C163" s="7"/>
+      <c r="D163" s="7"/>
+      <c r="E163" s="7"/>
+      <c r="F163" s="65"/>
+      <c r="G163" s="7"/>
+      <c r="H163" s="7"/>
+      <c r="I163" s="7"/>
+    </row>
+    <row r="164" spans="2:9">
+      <c r="B164" s="9"/>
+      <c r="C164" s="7"/>
+      <c r="D164" s="7"/>
+      <c r="E164" s="7"/>
+      <c r="F164" s="65"/>
+      <c r="G164" s="7"/>
+      <c r="H164" s="7"/>
+      <c r="I164" s="7"/>
+    </row>
+    <row r="165" spans="2:9">
+      <c r="B165" s="9"/>
+      <c r="C165" s="7"/>
+      <c r="D165" s="7"/>
+      <c r="E165" s="7"/>
+      <c r="F165" s="65"/>
+      <c r="G165" s="7"/>
+      <c r="H165" s="7"/>
+      <c r="I165" s="7"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="D1:I142" xr:uid="{00000000-0009-0000-0000-000008000000}"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="60" fitToWidth="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>01.2025</vt:lpstr>
       <vt:lpstr>02.2025</vt:lpstr>
       <vt:lpstr>03.2025</vt:lpstr>
       <vt:lpstr>04.2025</vt:lpstr>
       <vt:lpstr>05.2025</vt:lpstr>
       <vt:lpstr>06.2025</vt:lpstr>
       <vt:lpstr>07.2025</vt:lpstr>
+      <vt:lpstr>08.2025</vt:lpstr>
+      <vt:lpstr>09.2025</vt:lpstr>
+      <vt:lpstr>10.2025</vt:lpstr>
+      <vt:lpstr>11.2025</vt:lpstr>
+      <vt:lpstr>12.2025</vt:lpstr>
       <vt:lpstr>'04.2025'!_FiltrarBancodeDados</vt:lpstr>
       <vt:lpstr>'05.2025'!_FiltrarBancodeDados</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Usuário do Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>