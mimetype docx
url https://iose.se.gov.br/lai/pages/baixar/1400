--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -276,338 +276,344 @@
           <w:color w:val="000009"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>ADMINISTRATIVOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>E FISCAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8A0181" w14:textId="732426BF" w:rsidR="00BD738A" w:rsidRDefault="00EA0BAB" w:rsidP="005C144F">
+    <w:p w14:paraId="1E8A0181" w14:textId="0F9CA94E" w:rsidR="00BD738A" w:rsidRDefault="00EA0BAB" w:rsidP="005C144F">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="226" w:lineRule="exact"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>EXERCÍCIO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009478F1">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>08</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1E52">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00F20A32">
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="009478F1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F686C9C" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00EA0BAB">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:t>CONSELHO DE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ADMINISTRAÇÃO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541B5FBB" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00BD738A">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblInd w:w="128" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="596"/>
-        <w:gridCol w:w="8637"/>
+        <w:gridCol w:w="601"/>
+        <w:gridCol w:w="8721"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD738A" w14:paraId="56A6A684" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00BD738A" w14:paraId="56A6A684" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39347894" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00EC4EA5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D0291F8" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00C466E5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>BRÁULIO AZEVEDO MODESTO ALVES/ MEMBRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="0036DC16" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="0036DC16" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="524F0479" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="83"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C6B6CB9" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3912"/>
               </w:tabs>
               <w:spacing w:before="83"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00803112">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FRANCISCO GUALBERTO DA ROCHA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="30"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="1DC33881" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="1DC33881" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53A5FA87" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2188F246" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3912"/>
               </w:tabs>
               <w:spacing w:before="83"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>GENIVALDO DOS ANJOS COSTA SANTOS/ Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="7BF9C239" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="7BF9C239" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="465"/>
+          <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="655B74DE" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="87"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="009F57D9" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>GIVALDO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -659,132 +665,132 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C466E5" w14:paraId="5F0451FF" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00C466E5" w14:paraId="5F0451FF" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="465"/>
+          <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="379CECDC" w14:textId="77777777" w:rsidR="00C466E5" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="87"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A37855F" w14:textId="77777777" w:rsidR="00C466E5" w:rsidRDefault="00C466E5" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>JOÃO SOBRAL GARCEZ SOBRINHO/ Secretário</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="5D3A4691" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="5D3A4691" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43CA7E3A" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5941B3" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="87"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>JOSÉ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -836,81 +842,81 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="27"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="6AE25403" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="6AE25403" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB22103" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FA93EFE" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="92"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>JOSEFA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -962,80 +968,80 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="28"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheira</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="43507800" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="43507800" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="427"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07BDEAB5" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="007608DF" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BE1DFB9" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>JOSÉ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1072,137 +1078,137 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="31"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009478F1" w14:paraId="394AD74C" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="009478F1" w14:paraId="394AD74C" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="427"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C51D03A" w14:textId="19C1C59B" w:rsidR="009478F1" w:rsidRDefault="009478F1" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49AE283F" w14:textId="71FEB7C0" w:rsidR="009478F1" w:rsidRDefault="009478F1" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009478F1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MARIA DA CONCEIÇÃO A. B. MARTINS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2105E" w14:paraId="2D53E887" w14:textId="77777777" w:rsidTr="00F651AF">
+      <w:tr w:rsidR="00E2105E" w14:paraId="2D53E887" w14:textId="77777777" w:rsidTr="000B1E52">
         <w:trPr>
-          <w:trHeight w:val="438"/>
+          <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01186FE5" w14:textId="342887CF" w:rsidR="00E2105E" w:rsidRDefault="009478F1" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8637" w:type="dxa"/>
+            <w:tcW w:w="8721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21895A24" w14:textId="77777777" w:rsidR="00E2105E" w:rsidRDefault="00E2105E" w:rsidP="00E2105E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MARCOS DA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -1235,50 +1241,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="28"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheiro</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B1E52" w14:paraId="270BEA23" w14:textId="77777777" w:rsidTr="000B1E52">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8F8FA3" w14:textId="279E6B13" w:rsidR="000B1E52" w:rsidRDefault="000B1E52" w:rsidP="00E2105E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8721" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AE877A" w14:textId="6693252B" w:rsidR="000B1E52" w:rsidRDefault="000B1E52" w:rsidP="000B1E52">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>CARLOS ROBERTO DA SILVA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Conselheiro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518644D8" w14:textId="77777777" w:rsidR="000B1E52" w:rsidRDefault="000B1E52" w:rsidP="00E2105E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="070C5308" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00BD738A">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EDA1CC7" w14:textId="77777777" w:rsidR="00BD738A" w:rsidRDefault="00EA0BAB">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
       </w:pPr>
       <w:r>
         <w:t>CONSELHO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1553,84 +1621,57 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Conselheira</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DF73BBB" w14:textId="77777777" w:rsidR="0061304C" w:rsidRDefault="0061304C"/>
     <w:p w14:paraId="20BB6554" w14:textId="77777777" w:rsidR="00245979" w:rsidRDefault="00245979"/>
     <w:p w14:paraId="502B0CAC" w14:textId="77777777" w:rsidR="00367D19" w:rsidRDefault="00367D19" w:rsidP="00367D19">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="654CC280" w14:textId="09AB215B" w:rsidR="007608DF" w:rsidRDefault="00367D19" w:rsidP="007608DF">
+    <w:p w14:paraId="654CC280" w14:textId="0B73E670" w:rsidR="007608DF" w:rsidRDefault="007608DF" w:rsidP="007608DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="4CCE826A" w14:textId="77777777" w:rsidR="00BF3534" w:rsidRDefault="00BF3534" w:rsidP="007608DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="529A1C6A" w14:textId="77777777" w:rsidR="007608DF" w:rsidRPr="007608DF" w:rsidRDefault="007608DF" w:rsidP="007608DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007608DF" w:rsidRPr="007608DF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="540" w:right="1240" w:bottom="280" w:left="1240" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1664,77 +1705,79 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00803112"/>
+    <w:rsid w:val="000B1E52"/>
     <w:rsid w:val="000E27FD"/>
     <w:rsid w:val="00227F97"/>
     <w:rsid w:val="00245979"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00454178"/>
     <w:rsid w:val="00540632"/>
     <w:rsid w:val="005C144F"/>
     <w:rsid w:val="0061304C"/>
     <w:rsid w:val="006439BF"/>
     <w:rsid w:val="007608DF"/>
     <w:rsid w:val="007A34A3"/>
     <w:rsid w:val="007C04BE"/>
     <w:rsid w:val="00803112"/>
     <w:rsid w:val="008C2DD7"/>
     <w:rsid w:val="009478F1"/>
     <w:rsid w:val="00A631C2"/>
     <w:rsid w:val="00B70441"/>
     <w:rsid w:val="00BD738A"/>
     <w:rsid w:val="00BF3534"/>
     <w:rsid w:val="00C466E5"/>
     <w:rsid w:val="00CD1EFD"/>
     <w:rsid w:val="00CE0F65"/>
     <w:rsid w:val="00D0507F"/>
     <w:rsid w:val="00D873D7"/>
     <w:rsid w:val="00E2105E"/>
     <w:rsid w:val="00E554C7"/>
     <w:rsid w:val="00EA0BAB"/>
+    <w:rsid w:val="00EC269C"/>
     <w:rsid w:val="00EC4EA5"/>
     <w:rsid w:val="00F20A32"/>
     <w:rsid w:val="00F651AF"/>
     <w:rsid w:val="00FD0E62"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2133,50 +2176,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -2573,75 +2617,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52729772-9F23-4FFA-857E-F3724EE9383E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>133</Words>
-  <Characters>723</Characters>
+  <Words>123</Words>
+  <Characters>665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>855</CharactersWithSpaces>
+  <CharactersWithSpaces>787</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Enzo Levy Sena da Silva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-10-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>